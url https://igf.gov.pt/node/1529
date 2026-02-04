--- v0 (2025-10-09)
+++ v1 (2026-02-04)
@@ -1,1756 +1,1753 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C9527B">
+    <w:p w14:paraId="2A15ABCD" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C9527B">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C9527B" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NEXO</w:t>
       </w:r>
       <w:r w:rsidR="003639F1" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> IV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C9527B" w:rsidP="00C9527B">
+    <w:p w14:paraId="1C6C9764" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C9527B" w:rsidP="00C9527B">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a que se refere </w:t>
       </w:r>
       <w:r w:rsidR="003639F1" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a alínea b) do n.º 1 do artigo 6</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.º</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="0CF8887C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Avaliação do desempenho</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="3598B685" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Trabalhadores (SIADAP 3)</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="3E9ECC02" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ficha de </w:t>
       </w:r>
       <w:r w:rsidR="006015CC" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Autoavaliação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="6D052B56" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00533E09" w:rsidRPr="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
+    <w:p w14:paraId="7A5C6E6F" w14:textId="77777777" w:rsidR="00533E09" w:rsidRPr="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
+    <w:p w14:paraId="4705A39E" w14:textId="77777777" w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1. Elementos de Identificação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
+    <w:p w14:paraId="3E62B1A6" w14:textId="77777777" w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="002E422F">
+    <w:p w14:paraId="6B46118E" w14:textId="3366DC0F" w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="002E422F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Área governativa</w:t>
       </w:r>
-      <w:r w:rsidR="001A5CAB">
+      <w:r w:rsidR="0081447B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>___________________________________</w:t>
+        <w:t>: FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
+    <w:p w14:paraId="7A1C7622" w14:textId="0C150957" w:rsidR="003D5687" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Serviço _______________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E422F" w:rsidRPr="00533E09">
+        <w:t>Serviço</w:t>
+      </w:r>
+      <w:r w:rsidR="0081447B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>___________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081447B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>INSPEÇÃO-GERAL DE FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00533E09">
+    <w:p w14:paraId="30ECF8CE" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00533E09">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00533E09">
+    <w:p w14:paraId="0E11B375" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00533E09">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(A preencher pelo avaliado)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2723"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="2788"/>
+        <w:gridCol w:w="2345"/>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="2207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="1BE247E7" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="581E40F5" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avaliado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="1BAECC5A" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="49613CE7" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="52ED2D07" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carreira/Categoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="6FE543A6" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="6C53D9A0" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="326A3EAA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unidade orgânica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="30F2C3F2" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="4A66AB8C" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2207" w:type="dxa"/>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="67D0D099" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Período de avaliação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="50DF78FD" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">          /          /</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="283161F8" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="914" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="09883BB1" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      /       /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00292408" w:rsidRDefault="00292408" w:rsidP="00533E09">
+    <w:p w14:paraId="5FD0072E" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00533E09">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A87AB4" w:rsidRPr="00533E09" w:rsidRDefault="00A87AB4" w:rsidP="00533E09">
-[...9 lines deleted...]
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
+    <w:p w14:paraId="4AB04A13" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
+    <w:p w14:paraId="681696FD" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="003D5687" w:rsidP="003D5687">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C46BBA" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Grau de realização dos obje</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tivos fixados</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00533E09">
+    <w:p w14:paraId="45AB4AD1" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00533E09">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada objetivo fixado em que nível considera que se situou o seu desempenho? </w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Assinale com X o nível)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00B6381F">
+    <w:p w14:paraId="576204C6" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00B6381F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2341"/>
         <w:gridCol w:w="1330"/>
         <w:gridCol w:w="1261"/>
         <w:gridCol w:w="1528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="748746AF" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="663"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="665DF964" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivos fixados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="3E356CE3" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Superei o objetivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="229F0819" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Atingi o objetivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="4A06736F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Não atingi o objetivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="328693B2" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="421"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="04AF8DDB" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="5DE1BBC9" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="37EDF4D2" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="3ED5FE39" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="3E98F226" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="413"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="6FDCD5F9" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="0609A826" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="3B84627E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="60C34773" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="0CB51763" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="419"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="0C8E80D0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="51F05958" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="0CA05E23" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="7F481E08" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="4B4CC114" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="412"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="1A4EFBD2" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="631F6C5F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="478D647C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="1654B913" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="60C32C2E" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="417"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="5A97F86D" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="13225779" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="278289AF" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="55E8D86A" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="00533E09">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="26784A99" w14:textId="77777777" w:rsidTr="00533E09">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="3A82BA1A" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="442A45AC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="24BFA33D" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+          <w:p w14:paraId="66E62723" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6381F" w:rsidRDefault="00B6381F" w:rsidP="00C003D4">
+    <w:p w14:paraId="6FD2A419" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRDefault="00B6381F" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
+    <w:p w14:paraId="7EEE4F16" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
+    <w:p w14:paraId="175CF083" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00533E09" w:rsidSect="00D06F1B">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId8"/>
+        <w:sectPr w:rsidR="00533E09" w:rsidSect="00DC7507">
+          <w:footerReference w:type="even" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="993" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="002E422F" w:rsidP="00533E09">
+    <w:p w14:paraId="63838C42" w14:textId="77777777" w:rsidR="00533E09" w:rsidRPr="00533E09" w:rsidRDefault="00533E09" w:rsidP="00C003D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48A8A26F" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="002E422F" w:rsidP="00533E09">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006747D9" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00B6381F">
+    <w:p w14:paraId="086C49BB" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00B6381F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Breve fundamentação relativa à realização de objetivos)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidTr="000F33EB">
+      <w:tr w:rsidR="00292408" w:rsidRPr="00533E09" w14:paraId="791BFE0D" w14:textId="77777777" w:rsidTr="000F33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
-[...116 lines deleted...]
-          <w:p w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+          <w:p w14:paraId="3D553066" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="082E8C01" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CBDB8C2" w14:textId="77777777" w:rsidR="00292408" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1565E5BD" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="012B2F7F" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70C9D893" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A867D83" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6489BE37" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13532398" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77892900" w14:textId="77777777" w:rsidR="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F6DA56" w14:textId="77777777" w:rsidR="00533E09" w:rsidRPr="00533E09" w:rsidRDefault="00533E09" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10230078" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29D5AC4C" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="053FBC00" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="000F33EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00C003D4">
+    <w:p w14:paraId="41EE1F73" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A45393" w:rsidRDefault="00A45393" w:rsidP="000F4200">
+    <w:p w14:paraId="673959D0" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00962F46" w:rsidRDefault="00292408" w:rsidP="00292408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00292408" w:rsidRPr="00962F46" w:rsidSect="00DC7507">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E377501" w14:textId="77777777" w:rsidR="00A45393" w:rsidRDefault="00A45393" w:rsidP="000F4200">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="002E422F" w:rsidP="000F4200">
+    <w:p w14:paraId="5090652E" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="002E422F" w:rsidP="000F4200">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Competências</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
+    <w:p w14:paraId="4E8669EE" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 Demonstração de </w:t>
       </w:r>
       <w:r w:rsidR="002E504A" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>comportamentos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00292408">
+    <w:p w14:paraId="159AAF99" w14:textId="77777777" w:rsidR="00292408" w:rsidRPr="00533E09" w:rsidRDefault="00292408" w:rsidP="00292408">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="000F4200">
+    <w:p w14:paraId="6A4F35C7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="000F4200">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada </w:t>
       </w:r>
       <w:r w:rsidR="00DE71D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>comportamento</w:t>
@@ -1778,2779 +1775,2854 @@
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Assinale com X</w:t>
       </w:r>
       <w:r w:rsidR="009F3408" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> o nível</w:t>
       </w:r>
       <w:r w:rsidR="00B6381F" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="7BCF1225" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2407"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2407"/>
+        <w:gridCol w:w="2444"/>
+        <w:gridCol w:w="2444"/>
+        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="2445"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="76839143" w14:textId="77777777" w:rsidTr="000F4200">
         <w:trPr>
           <w:trHeight w:val="1013"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F80323" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competências Escolhidas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2445" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="329D2C8F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento demonstrado a um nível elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C3316E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento demonstrado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="254C2DBE" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento não demonstrado ou inexistente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="3856CF49" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30689CDE" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="28365AA2" w14:textId="77777777" w:rsidTr="000F4200">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="755AE6CD" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B554B05" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BE518" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7900A13B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="0E2FC3CB" w14:textId="77777777" w:rsidTr="000F4200">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483FB89E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9A4EFA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD4B4E5" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142C9A7F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="16F257A9" w14:textId="77777777" w:rsidTr="000F4200">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59770B6D" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FE35C8" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="216203B0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48343C19" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="00166FDF">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="780CCF85" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A19BA4B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="686D1514" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E822052" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="011EBF23" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139750EC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0831D9" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="0EA0EEEC" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCE8E26" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E301CEB" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D270C3" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="223CB964" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="104B37F5" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFA930C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE81FDA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1AEEFF" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4F8FC5" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="009C541A">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="314F0521" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AE7F1B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="49EE9615" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F84800E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59317459" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59495D50" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8D9DE0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="3C06E901" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61007945" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A393D81" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F97E37" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6BE396" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="171EA8BF" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70259A69" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA1A02F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8B1698" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEEB83C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="008C2D4B">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="3CE6BCEA" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3C5DCA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="18CC27BF" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEA2F20" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="051EE1D4" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCA3798" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C370D3" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="5E05C6A1" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1D7CBC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65473AE5" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AB541B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC685BE" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="437A3944" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA1EAF4" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BF4BA9" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C674FF" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D835C56" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="00516148">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="1C27A7BF" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F3C05E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="525CEE85" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385B1CCF" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6D038C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="632DDD3C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="718D3CA8" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="161F61EF" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="523736F6" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B44629F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79882CC6" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="782A9EEA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="65EB97EF" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFCC918" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BB6B33" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="690C2FF5" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1398BF32" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="56FF88D4" w14:textId="77777777" w:rsidTr="00962F46">
+        <w:trPr>
+          <w:trHeight w:val="496"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A30A390" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="65D3B379" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24310BBA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="089BA8D4" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A880B7" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="195ED30F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="4398A083" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05991EAC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3A6DAC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="028E3A60" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25623504" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="758C194A" w14:textId="77777777" w:rsidTr="00A45393">
+        <w:trPr>
+          <w:trHeight w:val="403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5152AC10" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00533E09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9FBFEC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A929FF7" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160FC1D7" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="629E888E" w14:textId="77777777" w:rsidTr="00962F46">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB310F7" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
-[...479 lines deleted...]
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00A45393" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00A45393" w14:paraId="75EA0B25" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E98B98" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...24 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789D4884" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F3EB5C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C99088E" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00A45393" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00A45393" w14:paraId="7F850DF6" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBA894C" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00A45393" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4531F004" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D1A744" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310A9F11" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00A45393" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00A45393" w14:paraId="0591D4B0" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E759ED0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00A45393" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715A628F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3383EF5A" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67821CA5" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00A45393" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="004E0715">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="7CD03066" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4699293F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="06756691" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DDA314" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C61101" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17872BEE" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AD17C3" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="70EF72FA" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EC6A2B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B1D4E0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09408CBD" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C63EFB4" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="75C9C9C4" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1ACF91" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7899B322" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7A07CD" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="538A2567" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="007F3C43">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="2BE82423" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594E4CE0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="7109E8E2" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BF28BD" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="578A7BDA" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BE45F0" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8E1007" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="250F143F" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2438082F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="149EC413" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D4CDF1" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63ED6380" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="3B572772" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E887A32" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C4AAAD" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D498DE" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F97DAC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidTr="00E17905">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="6D8C6E16" w14:textId="77777777" w:rsidTr="00962F46">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001A5CAB" w:rsidRPr="00533E09" w:rsidRDefault="001A5CAB" w:rsidP="00962F46">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199112D6" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="6DAAB9B4" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6833BC" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9582F3" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CD5AF9" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E27F339" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="564B4B22" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A33317" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EBC735" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34460B87" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E351A9F" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidTr="001A5CAB">
+      <w:tr w:rsidR="00B6381F" w:rsidRPr="00533E09" w14:paraId="50DF2737" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="218E3D7B" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002D1A93" w:rsidRPr="00533E09" w:rsidRDefault="002D1A93" w:rsidP="00962F46">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D96143" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76752F6A" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A8DAD1" w14:textId="77777777" w:rsidR="00B6381F" w:rsidRPr="00533E09" w:rsidRDefault="00B6381F" w:rsidP="00962F46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00687371" w:rsidRPr="00533E09" w:rsidRDefault="00687371" w:rsidP="00A45393">
+    <w:p w14:paraId="1BF05807" w14:textId="77777777" w:rsidR="00687371" w:rsidRPr="00533E09" w:rsidRDefault="00687371" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="001A5CAB">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: A demonstração dos comportamentos associados à competência constantes das Listas de Competências, referem-se ao padrão médio exigível que corresponde à demonstração do comportamento com carácter de regularidade, de modo consistente e eficaz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13266" w:rsidRDefault="00E13266" w:rsidP="00A45393">
+    <w:p w14:paraId="6E6DBF5C" w14:textId="77777777" w:rsidR="00E13266" w:rsidRDefault="00E13266" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A87AB4" w:rsidRDefault="00A87AB4" w:rsidP="00A45393">
+    <w:p w14:paraId="03531CD1" w14:textId="77777777" w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A87AB4" w:rsidRDefault="00A87AB4" w:rsidP="00A45393">
+    <w:p w14:paraId="26854316" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.2 Fundamentação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616B6F92" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A87AB4" w:rsidRDefault="00A87AB4" w:rsidP="00A45393">
-[...110 lines deleted...]
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
+    <w:p w14:paraId="71A416F1" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(Breve fundamentação relativa </w:t>
       </w:r>
       <w:r w:rsidR="0085137A" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>aos comportamentos</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
@@ -4570,212 +4642,225 @@
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00FF4F8B">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="21D3340D" w14:textId="77777777" w:rsidTr="00FF4F8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
-[...89 lines deleted...]
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="3F1112C3" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D099C62" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44C11166" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DC55FEE" w14:textId="77777777" w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57FDFA30" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4573DD47" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08FCBE78" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6323B49E" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BD505FC" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="665386A9" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D61F3D0" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="3E80A71F" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="004C5AB0" w:rsidP="00C003D4">
+    <w:p w14:paraId="68982647" w14:textId="77777777" w:rsidR="00A45393" w:rsidRDefault="00A45393" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:sectPr w:rsidR="00A45393" w:rsidSect="00DC7507">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00A45393">
+    <w:p w14:paraId="30015FB7" w14:textId="77777777" w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="004C5AB0" w:rsidP="00C003D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC1B4DD" w14:textId="77777777" w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="004C5AB0" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Autoproposta para reconhecimento do mérito (Desempenho Excelente) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00A45393">
+    <w:p w14:paraId="054463C5" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E13266" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -4793,2581 +4878,2623 @@
       <w:r w:rsidR="00E13266" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidTr="000F33EB">
+      <w:tr w:rsidR="00E13266" w:rsidRPr="00533E09" w14:paraId="0C863C4F" w14:textId="77777777" w:rsidTr="000F33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
-[...107 lines deleted...]
-          <w:p w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+          <w:p w14:paraId="2BB43C1B" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C72B2D9" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1743FCE9" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="264A3476" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07CB6717" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="213E9721" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7938822F" w14:textId="77777777" w:rsidR="00E13266" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07E743EE" w14:textId="77777777" w:rsidR="00A45393" w:rsidRDefault="00A45393" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E25C8DE" w14:textId="77777777" w:rsidR="00A45393" w:rsidRDefault="00A45393" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A97CA76" w14:textId="77777777" w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C3ED43A" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21609A3A" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12095ECB" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="000F33EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="004C5AB0" w:rsidP="00A45393">
+    <w:p w14:paraId="14C45CC6" w14:textId="77777777" w:rsidR="004C5AB0" w:rsidRPr="00533E09" w:rsidRDefault="004C5AB0" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="00A45393">
+    <w:p w14:paraId="4C27C2A3" w14:textId="77777777" w:rsidR="00E13266" w:rsidRPr="00533E09" w:rsidRDefault="00E13266" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="001A5CAB">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: Em caso de autoproposta para reconhecimento de mérito o preenchimento da fundamentação é obrigatório.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A82507" w:rsidRPr="00533E09" w:rsidRDefault="00A82507" w:rsidP="00A45393">
+    <w:p w14:paraId="2C62D596" w14:textId="77777777" w:rsidR="00A82507" w:rsidRPr="00533E09" w:rsidRDefault="00A82507" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A autoproposta apresentada pelo trabalhador apenas será apresentada ao Conselho Coordenador de Avaliação caso obtenha a</w:t>
       </w:r>
       <w:r w:rsidR="00950980" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> validação da</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> menção de “desempenho muito bom”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13266" w:rsidRDefault="00E13266" w:rsidP="00A45393">
+    <w:p w14:paraId="66A8A452" w14:textId="77777777" w:rsidR="00E13266" w:rsidRDefault="00E13266" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00A45393">
+    <w:p w14:paraId="6EB4CCE8" w14:textId="77777777" w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
+    <w:p w14:paraId="2925C86F" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C46BBA" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. Fa</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">tores mais influentes no desempenho </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="29871062" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00A45393">
+    <w:p w14:paraId="3D8C5312" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Classifique cada um dos fa</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">tores seguintes quanto ao grau de influência que considera terem tido no seu desempenho global. </w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(Na escala apresentada assinale com X, sendo que </w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1 representa o mais negativo e 6 o mais positivo)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
+    <w:p w14:paraId="4B5BC0B7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00A45393">
+    <w:p w14:paraId="19FD0AE5" w14:textId="77777777" w:rsidR="00A45393" w:rsidRPr="00533E09" w:rsidRDefault="00A45393" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
+    <w:p w14:paraId="1B97A193" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00A45393">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nota: Caso assinale os pontos 1, 2, 5 e 6 é importante que faça uma breve justificação</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4987" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7495"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="351"/>
+        <w:gridCol w:w="7669"/>
+        <w:gridCol w:w="359"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="6AD0D3B6" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="231E4897" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FA</w:t>
             </w:r>
             <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TORES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="5BD38792" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="5D04C727" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="1B58F837" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="3F370FAD" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="3E613471" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="3225AFAA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="0AE53972" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00C60FF4">
+          <w:p w14:paraId="6856EDD8" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Os obje</w:t>
             </w:r>
             <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">tivos a concretizar ao longo do ano foram fixados com clareza </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="69EF53B4" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="1D6B113C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="2F80F367" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="010690A3" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="73E76500" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="0F1A9C27" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="4B388657" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="16D98383" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Os processos e procedimentos de trabalho são os adequados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="3196FBCD" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="0846BEB1" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="1D0E5043" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="4929EA83" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="68168B10" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="43E1DF18" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="3D4A41DA" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="5286A3A7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O equipamento e condições instrumentais e tecnológicas existentes são os adequados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="124114AA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="65C26CD0" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="6ED54419" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="06A25970" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="1D4DD5F6" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="4E1601A7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="42DF3375" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="64CD2E65" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">O ambiente de trabalho existente </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="2E79CF9B" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="121E2AE7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="2A609F3C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="57C986EE" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="694A32E6" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="5E8F849C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="1C23CB78" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="07C5E0BB" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O esforço ou investimento individual feitos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="4D4B1583" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="5485298A" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="13978301" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="3689781C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="52D18D3B" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="4C240014" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00A45393">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="45B8A639" w14:textId="77777777" w:rsidTr="00A45393">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3902" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="24418A05" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Outros fa</w:t>
             </w:r>
             <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tores*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="0158A9FA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="417D8C39" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="08794D97" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="30A2417E" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="5BB75BFC" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="183" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
+          <w:p w14:paraId="2450AAE4" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00FF4F8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
+    <w:p w14:paraId="57CDB7CA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
+    <w:p w14:paraId="0A10AD7B" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>* Se preencheu este ite</w:t>
       </w:r>
       <w:r w:rsidR="00C46BBA" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m, descreva quais os “Outros fa</w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tores” que considera que influenciaram o seu desempenho:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00FF4F8B">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="71F1CDD5" w14:textId="77777777" w:rsidTr="00FF4F8B">
         <w:trPr>
           <w:trHeight w:val="1350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
-[...98 lines deleted...]
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="3CDC0D25" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60F10687" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19944AD4" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69075C10" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A63C2BA" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40324F82" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65210451" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EAF8C50" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FA6C0B0" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B3B01CB" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51C0AB47" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6777973C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="647259F1" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00111058">
+    <w:p w14:paraId="11F14C3E" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C46BBA" w:rsidP="00111058">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Se valorou algum fa</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">tor nos extremos da escala (pontos 1,2, 5 e 6) justifique sumariamente relativamente a cada um (podendo também justificar sumariamente outras valorações que considere importantes): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
+    <w:p w14:paraId="7106AA42" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00111058">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00FF4F8B">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="322E1109" w14:textId="77777777" w:rsidTr="00FF4F8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
-[...116 lines deleted...]
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="27BE879C" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53653939" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D511978" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B4B01A9" w14:textId="77777777" w:rsidR="00111058" w:rsidRDefault="00111058" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="678B8DFA" w14:textId="77777777" w:rsidR="00111058" w:rsidRPr="00533E09" w:rsidRDefault="00111058" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FD2AB00" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FF71083" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="444178FC" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ECB3E14" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="761959A2" w14:textId="77777777" w:rsidR="009F3408" w:rsidRPr="00533E09" w:rsidRDefault="009F3408" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459089EC" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5507F621" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D7A3033" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4397D0B2" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="004254E6">
+    <w:p w14:paraId="2C504DFA" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="004254E6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
+    <w:p w14:paraId="1FCC4325" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00F56C01" w:rsidP="00C003D4">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C003D4" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. Comentários e Propostas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="7A389551" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidTr="00FF4F8B">
+      <w:tr w:rsidR="00C003D4" w:rsidRPr="00533E09" w14:paraId="620D24E3" w14:textId="77777777" w:rsidTr="00FF4F8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="67C52B13" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533E09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Formação, reafectação profissional, etc.):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
-[...107 lines deleted...]
-          <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="1212726A" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68BBFF4F" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F3E5963" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65F7DCB7" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70DB49B2" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27A71D1D" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5114A74B" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2062C635" w14:textId="77777777" w:rsidR="00111058" w:rsidRDefault="00111058" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085AB08E" w14:textId="77777777" w:rsidR="00111058" w:rsidRPr="00533E09" w:rsidRDefault="00111058" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A33EE23" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5543712E" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1759E1F5" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E3E2B39" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="2D4D09FC" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="7F84C323" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="233F1791" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="4677E746" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O avaliado _____________________</w:t>
       </w:r>
       <w:r w:rsidR="009F3408" w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________, em ___/___/____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004254E6" w:rsidRDefault="004254E6" w:rsidP="00C003D4">
+    <w:p w14:paraId="00F03ADB" w14:textId="77777777" w:rsidR="004254E6" w:rsidRDefault="004254E6" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004254E6" w:rsidRPr="00533E09" w:rsidRDefault="004254E6" w:rsidP="00C003D4">
+    <w:p w14:paraId="1B0E8F8B" w14:textId="77777777" w:rsidR="004254E6" w:rsidRPr="00533E09" w:rsidRDefault="004254E6" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="18A592E1" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="23007661" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Recebi. O avaliador _____________________________________, em ___/___/____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
+    <w:p w14:paraId="63CA1EA5" w14:textId="77777777" w:rsidR="00C003D4" w:rsidRPr="00533E09" w:rsidRDefault="00C003D4" w:rsidP="00C003D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A0CB3" w:rsidRPr="00533E09" w:rsidRDefault="001A0CB3" w:rsidP="00C6672A">
+    <w:p w14:paraId="5C06995C" w14:textId="77777777" w:rsidR="001A0CB3" w:rsidRPr="00533E09" w:rsidRDefault="001A0CB3" w:rsidP="00C6672A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="00533E09" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="043658DC" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="00533E09" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C60FF4" w:rsidRPr="00533E09" w:rsidSect="00DC7507">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF26FF" w:rsidRDefault="00FF26FF">
+    <w:p w14:paraId="01818F45" w14:textId="77777777" w:rsidR="004F3413" w:rsidRDefault="004F3413">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF26FF" w:rsidRDefault="00FF26FF">
+    <w:p w14:paraId="666216FC" w14:textId="77777777" w:rsidR="004F3413" w:rsidRDefault="004F3413">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Normal">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="06079CD3" w:usb1="00009716" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="009E370C"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="775034FC" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
+  <w:p w14:paraId="5B0DAB0B" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00717CA5" w:rsidRDefault="00717CA5" w:rsidP="00824492">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44C315AF" w14:textId="77777777" w:rsidR="00717CA5" w:rsidRDefault="00717CA5" w:rsidP="00824492">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006015CC">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
+  <w:p w14:paraId="0B23B52B" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00717CA5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360" w:firstLine="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF26FF" w:rsidRDefault="00FF26FF">
+    <w:p w14:paraId="6886A5BE" w14:textId="77777777" w:rsidR="004F3413" w:rsidRDefault="004F3413">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF26FF" w:rsidRDefault="00FF26FF">
+    <w:p w14:paraId="32214D39" w14:textId="77777777" w:rsidR="004F3413" w:rsidRDefault="004F3413">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.15pt;height:9.15pt" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="BD14871_"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E00DB3"/>
     <w:rsid w:val="00001409"/>
     <w:rsid w:val="00003EDC"/>
     <w:rsid w:val="000049F7"/>
     <w:rsid w:val="0000622C"/>
     <w:rsid w:val="000162E9"/>
     <w:rsid w:val="00021261"/>
     <w:rsid w:val="00024DFE"/>
     <w:rsid w:val="000424D5"/>
     <w:rsid w:val="00052231"/>
     <w:rsid w:val="0005381C"/>
     <w:rsid w:val="00057216"/>
     <w:rsid w:val="00062005"/>
     <w:rsid w:val="0008334F"/>
     <w:rsid w:val="000B5C75"/>
     <w:rsid w:val="000B6FA8"/>
     <w:rsid w:val="000C24FB"/>
     <w:rsid w:val="000C2BF0"/>
     <w:rsid w:val="000D3FB2"/>
     <w:rsid w:val="000E33B8"/>
     <w:rsid w:val="000F33EB"/>
     <w:rsid w:val="000F4200"/>
     <w:rsid w:val="00111058"/>
     <w:rsid w:val="00125A6E"/>
     <w:rsid w:val="00131F1A"/>
     <w:rsid w:val="00132124"/>
     <w:rsid w:val="00132190"/>
     <w:rsid w:val="001362A2"/>
     <w:rsid w:val="0014058D"/>
     <w:rsid w:val="00153200"/>
     <w:rsid w:val="00153D4E"/>
     <w:rsid w:val="00170FC6"/>
     <w:rsid w:val="00182AD6"/>
     <w:rsid w:val="001A03DF"/>
     <w:rsid w:val="001A0CB3"/>
-    <w:rsid w:val="001A5CAB"/>
     <w:rsid w:val="001A6979"/>
     <w:rsid w:val="001B05FA"/>
     <w:rsid w:val="001B3A23"/>
     <w:rsid w:val="001C2D47"/>
     <w:rsid w:val="001D486E"/>
     <w:rsid w:val="001E1FE5"/>
     <w:rsid w:val="001F5052"/>
     <w:rsid w:val="0020391D"/>
     <w:rsid w:val="002171F1"/>
     <w:rsid w:val="00225B52"/>
     <w:rsid w:val="00236BF1"/>
     <w:rsid w:val="00241918"/>
     <w:rsid w:val="002440A0"/>
     <w:rsid w:val="00263E5B"/>
     <w:rsid w:val="002769B5"/>
     <w:rsid w:val="00285412"/>
     <w:rsid w:val="00287710"/>
     <w:rsid w:val="00292408"/>
     <w:rsid w:val="00293361"/>
     <w:rsid w:val="00297DE0"/>
     <w:rsid w:val="002A1710"/>
     <w:rsid w:val="002B0DC2"/>
     <w:rsid w:val="002C4BC0"/>
     <w:rsid w:val="002C6451"/>
-    <w:rsid w:val="002D1A93"/>
     <w:rsid w:val="002E422F"/>
     <w:rsid w:val="002E504A"/>
     <w:rsid w:val="002F03B7"/>
     <w:rsid w:val="00305296"/>
     <w:rsid w:val="003209DD"/>
     <w:rsid w:val="003238D0"/>
     <w:rsid w:val="003261B9"/>
     <w:rsid w:val="003266F1"/>
     <w:rsid w:val="003315DB"/>
     <w:rsid w:val="00343DE1"/>
     <w:rsid w:val="00345D1B"/>
     <w:rsid w:val="00350AEB"/>
     <w:rsid w:val="003525F1"/>
     <w:rsid w:val="0035454C"/>
     <w:rsid w:val="003639F1"/>
     <w:rsid w:val="00371F7B"/>
     <w:rsid w:val="00387639"/>
     <w:rsid w:val="003922DB"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A7146"/>
     <w:rsid w:val="003C5212"/>
     <w:rsid w:val="003D44C3"/>
     <w:rsid w:val="003D5687"/>
     <w:rsid w:val="003E39DE"/>
     <w:rsid w:val="00403EB8"/>
     <w:rsid w:val="00407234"/>
     <w:rsid w:val="004104E8"/>
     <w:rsid w:val="00411882"/>
     <w:rsid w:val="004169D8"/>
     <w:rsid w:val="004254E6"/>
     <w:rsid w:val="0045429D"/>
     <w:rsid w:val="004705B2"/>
     <w:rsid w:val="00472749"/>
     <w:rsid w:val="00475EB1"/>
     <w:rsid w:val="0049263B"/>
     <w:rsid w:val="004954B6"/>
     <w:rsid w:val="0049774E"/>
     <w:rsid w:val="0049795C"/>
     <w:rsid w:val="004A6F80"/>
     <w:rsid w:val="004C1789"/>
     <w:rsid w:val="004C2924"/>
     <w:rsid w:val="004C2CCB"/>
     <w:rsid w:val="004C5AB0"/>
     <w:rsid w:val="004C6427"/>
     <w:rsid w:val="004F26CF"/>
+    <w:rsid w:val="004F3413"/>
     <w:rsid w:val="0051198D"/>
     <w:rsid w:val="00521B36"/>
     <w:rsid w:val="0052309F"/>
     <w:rsid w:val="00525D20"/>
     <w:rsid w:val="00533E09"/>
     <w:rsid w:val="00543309"/>
     <w:rsid w:val="00557809"/>
     <w:rsid w:val="00562DBC"/>
     <w:rsid w:val="00575E27"/>
     <w:rsid w:val="005870D2"/>
     <w:rsid w:val="005A4EF8"/>
     <w:rsid w:val="005A7152"/>
     <w:rsid w:val="005B36E2"/>
     <w:rsid w:val="00601140"/>
     <w:rsid w:val="006015CC"/>
     <w:rsid w:val="00602F4C"/>
     <w:rsid w:val="00603731"/>
     <w:rsid w:val="0061141A"/>
     <w:rsid w:val="00613D28"/>
     <w:rsid w:val="0062531B"/>
     <w:rsid w:val="00627E88"/>
     <w:rsid w:val="0063746E"/>
     <w:rsid w:val="00643832"/>
     <w:rsid w:val="00645CC6"/>
     <w:rsid w:val="006641DE"/>
     <w:rsid w:val="00667463"/>
     <w:rsid w:val="00670684"/>
     <w:rsid w:val="006747D9"/>
     <w:rsid w:val="0068065C"/>
     <w:rsid w:val="0068470E"/>
     <w:rsid w:val="00687371"/>
     <w:rsid w:val="006A65AA"/>
     <w:rsid w:val="006A6942"/>
     <w:rsid w:val="006A6D6F"/>
     <w:rsid w:val="006B3A17"/>
     <w:rsid w:val="006B78F0"/>
     <w:rsid w:val="006C5874"/>
     <w:rsid w:val="006D028E"/>
     <w:rsid w:val="006E2A73"/>
     <w:rsid w:val="006F330F"/>
-    <w:rsid w:val="006F7EEF"/>
     <w:rsid w:val="007006C6"/>
     <w:rsid w:val="007009B0"/>
     <w:rsid w:val="00700F75"/>
     <w:rsid w:val="007110F8"/>
     <w:rsid w:val="00717CA5"/>
     <w:rsid w:val="00720C02"/>
     <w:rsid w:val="00722605"/>
     <w:rsid w:val="0072432B"/>
     <w:rsid w:val="00734728"/>
     <w:rsid w:val="007353AC"/>
     <w:rsid w:val="00741976"/>
     <w:rsid w:val="00745B3E"/>
     <w:rsid w:val="00747E84"/>
     <w:rsid w:val="0075068C"/>
     <w:rsid w:val="00761388"/>
     <w:rsid w:val="00767329"/>
     <w:rsid w:val="0077374C"/>
     <w:rsid w:val="00774E31"/>
     <w:rsid w:val="00775F02"/>
     <w:rsid w:val="00776F00"/>
     <w:rsid w:val="0078764B"/>
     <w:rsid w:val="00793237"/>
     <w:rsid w:val="007A5280"/>
     <w:rsid w:val="007C2B41"/>
     <w:rsid w:val="007D04BA"/>
     <w:rsid w:val="007E4C9D"/>
     <w:rsid w:val="007E5943"/>
     <w:rsid w:val="007F3D78"/>
+    <w:rsid w:val="0081447B"/>
     <w:rsid w:val="00817263"/>
     <w:rsid w:val="00824492"/>
     <w:rsid w:val="00826C06"/>
     <w:rsid w:val="00840200"/>
     <w:rsid w:val="0085137A"/>
     <w:rsid w:val="00865A3D"/>
     <w:rsid w:val="008712E3"/>
     <w:rsid w:val="00876116"/>
     <w:rsid w:val="00880824"/>
     <w:rsid w:val="00883A39"/>
     <w:rsid w:val="00891137"/>
     <w:rsid w:val="008A22DE"/>
     <w:rsid w:val="008A3D2C"/>
     <w:rsid w:val="008A6C8F"/>
     <w:rsid w:val="008B67E7"/>
     <w:rsid w:val="008C39D2"/>
     <w:rsid w:val="008D406E"/>
     <w:rsid w:val="008D7B2A"/>
     <w:rsid w:val="008F2331"/>
     <w:rsid w:val="00921807"/>
     <w:rsid w:val="00930D39"/>
     <w:rsid w:val="00942D1A"/>
     <w:rsid w:val="00947176"/>
     <w:rsid w:val="00950980"/>
     <w:rsid w:val="00962489"/>
     <w:rsid w:val="00962F46"/>
     <w:rsid w:val="00975667"/>
     <w:rsid w:val="00986447"/>
     <w:rsid w:val="009A5B7B"/>
     <w:rsid w:val="009B61AA"/>
     <w:rsid w:val="009D44D6"/>
     <w:rsid w:val="009F2DB2"/>
     <w:rsid w:val="009F3408"/>
     <w:rsid w:val="00A002AC"/>
     <w:rsid w:val="00A137A6"/>
     <w:rsid w:val="00A14F84"/>
     <w:rsid w:val="00A166FE"/>
     <w:rsid w:val="00A2490E"/>
     <w:rsid w:val="00A25DEF"/>
     <w:rsid w:val="00A45393"/>
     <w:rsid w:val="00A5427B"/>
     <w:rsid w:val="00A73CCE"/>
     <w:rsid w:val="00A751C0"/>
     <w:rsid w:val="00A77633"/>
     <w:rsid w:val="00A82507"/>
-    <w:rsid w:val="00A87AB4"/>
     <w:rsid w:val="00A90D86"/>
     <w:rsid w:val="00A96A6D"/>
     <w:rsid w:val="00AA15E6"/>
     <w:rsid w:val="00AB5B0F"/>
     <w:rsid w:val="00AC0AFC"/>
     <w:rsid w:val="00AC5297"/>
     <w:rsid w:val="00AC76FE"/>
     <w:rsid w:val="00AD1781"/>
     <w:rsid w:val="00AE25D0"/>
     <w:rsid w:val="00AE2FED"/>
     <w:rsid w:val="00AF27C5"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B30B6E"/>
     <w:rsid w:val="00B34650"/>
     <w:rsid w:val="00B40567"/>
     <w:rsid w:val="00B46281"/>
     <w:rsid w:val="00B52557"/>
     <w:rsid w:val="00B54033"/>
     <w:rsid w:val="00B55378"/>
     <w:rsid w:val="00B6381F"/>
     <w:rsid w:val="00B65AB1"/>
     <w:rsid w:val="00B67AC3"/>
     <w:rsid w:val="00B705B3"/>
     <w:rsid w:val="00B721B6"/>
     <w:rsid w:val="00B765B5"/>
@@ -7385,240 +7512,193 @@
     <w:rsid w:val="00BF6150"/>
     <w:rsid w:val="00BF64B5"/>
     <w:rsid w:val="00C003D4"/>
     <w:rsid w:val="00C21062"/>
     <w:rsid w:val="00C210E0"/>
     <w:rsid w:val="00C25960"/>
     <w:rsid w:val="00C26F08"/>
     <w:rsid w:val="00C30D34"/>
     <w:rsid w:val="00C352CD"/>
     <w:rsid w:val="00C46BBA"/>
     <w:rsid w:val="00C523FB"/>
     <w:rsid w:val="00C574E9"/>
     <w:rsid w:val="00C60FF4"/>
     <w:rsid w:val="00C6672A"/>
     <w:rsid w:val="00C71B09"/>
     <w:rsid w:val="00C8021E"/>
     <w:rsid w:val="00C9527B"/>
     <w:rsid w:val="00CA2C8C"/>
     <w:rsid w:val="00CB3965"/>
     <w:rsid w:val="00CC3AD3"/>
     <w:rsid w:val="00CC6D1F"/>
     <w:rsid w:val="00CD2A15"/>
     <w:rsid w:val="00CF28FC"/>
     <w:rsid w:val="00CF6B62"/>
     <w:rsid w:val="00CF7310"/>
-    <w:rsid w:val="00D06F1B"/>
     <w:rsid w:val="00D06FDA"/>
     <w:rsid w:val="00D16C64"/>
     <w:rsid w:val="00D21045"/>
     <w:rsid w:val="00D24758"/>
     <w:rsid w:val="00D350F7"/>
     <w:rsid w:val="00D46BDA"/>
     <w:rsid w:val="00D50969"/>
     <w:rsid w:val="00D50D8C"/>
     <w:rsid w:val="00D55464"/>
     <w:rsid w:val="00D866A6"/>
     <w:rsid w:val="00D90D7E"/>
     <w:rsid w:val="00DA0E04"/>
     <w:rsid w:val="00DA2673"/>
     <w:rsid w:val="00DB0911"/>
     <w:rsid w:val="00DB3249"/>
     <w:rsid w:val="00DB4D46"/>
     <w:rsid w:val="00DB4F6D"/>
     <w:rsid w:val="00DB6883"/>
     <w:rsid w:val="00DC2897"/>
     <w:rsid w:val="00DC7507"/>
     <w:rsid w:val="00DD0837"/>
     <w:rsid w:val="00DD42DF"/>
     <w:rsid w:val="00DD4876"/>
     <w:rsid w:val="00DE71D4"/>
     <w:rsid w:val="00DF1E45"/>
     <w:rsid w:val="00DF224D"/>
     <w:rsid w:val="00DF34B2"/>
     <w:rsid w:val="00E00DB3"/>
     <w:rsid w:val="00E037FF"/>
     <w:rsid w:val="00E04D61"/>
     <w:rsid w:val="00E13266"/>
     <w:rsid w:val="00E1751A"/>
     <w:rsid w:val="00E2212E"/>
     <w:rsid w:val="00E22A2E"/>
     <w:rsid w:val="00E26810"/>
     <w:rsid w:val="00E27213"/>
     <w:rsid w:val="00E42AC1"/>
     <w:rsid w:val="00E42E88"/>
     <w:rsid w:val="00E46B12"/>
     <w:rsid w:val="00E46D1B"/>
     <w:rsid w:val="00E549E1"/>
     <w:rsid w:val="00E61E28"/>
     <w:rsid w:val="00E66A79"/>
-    <w:rsid w:val="00E67B3C"/>
     <w:rsid w:val="00E702F4"/>
     <w:rsid w:val="00E71715"/>
     <w:rsid w:val="00E77910"/>
     <w:rsid w:val="00E868D2"/>
     <w:rsid w:val="00E92459"/>
     <w:rsid w:val="00E97A29"/>
     <w:rsid w:val="00EA36C0"/>
     <w:rsid w:val="00EA4AEE"/>
     <w:rsid w:val="00EA7EF8"/>
     <w:rsid w:val="00EB3B09"/>
     <w:rsid w:val="00EB44E0"/>
     <w:rsid w:val="00ED0C35"/>
     <w:rsid w:val="00EE10D6"/>
     <w:rsid w:val="00EE2EED"/>
     <w:rsid w:val="00EE693D"/>
     <w:rsid w:val="00EF1F9E"/>
     <w:rsid w:val="00EF22AC"/>
     <w:rsid w:val="00F0607A"/>
     <w:rsid w:val="00F133EE"/>
     <w:rsid w:val="00F21945"/>
     <w:rsid w:val="00F23431"/>
     <w:rsid w:val="00F25D74"/>
     <w:rsid w:val="00F36247"/>
     <w:rsid w:val="00F37AE2"/>
     <w:rsid w:val="00F50011"/>
     <w:rsid w:val="00F56C01"/>
     <w:rsid w:val="00F675AD"/>
     <w:rsid w:val="00F8205F"/>
     <w:rsid w:val="00F82CEE"/>
     <w:rsid w:val="00F86F95"/>
     <w:rsid w:val="00F926EC"/>
     <w:rsid w:val="00F92CC1"/>
     <w:rsid w:val="00FA2E1B"/>
     <w:rsid w:val="00FB0E29"/>
     <w:rsid w:val="00FC0550"/>
     <w:rsid w:val="00FC57E8"/>
     <w:rsid w:val="00FC7650"/>
     <w:rsid w:val="00FC7A2D"/>
     <w:rsid w:val="00FD5DD7"/>
     <w:rsid w:val="00FE4B74"/>
-    <w:rsid w:val="00FF26FF"/>
     <w:rsid w:val="00FF3103"/>
     <w:rsid w:val="00FF4F8B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="39602B2A"/>
+  <w14:docId w14:val="0A9C88E0"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{39E5177D-47BF-4E06-8581-A7CD6D0E1E37}"/>
+  <w15:docId w15:val="{E34D3B68-6B0D-426F-9727-DF37CA18BDE4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...42 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7794,104 +7874,100 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0075068C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
+    <w:aliases w:val=" Carácter Carácter Carácter1 Carácter Carácter Carácter"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tabelacomgrelha">
+  <w:style w:type="table" w:styleId="Tabelacomgrelha">
     <w:name w:val="Tabela com grelha"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="0062531B"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00E92459"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
@@ -7901,51 +7977,51 @@
     <w:rsid w:val="008A3D2C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="008A3D2C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:rsid w:val="00287710"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcter1Carcter">
-    <w:name w:val="Carácter Carácter Carácter1 Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter1 Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00DA0E04"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
@@ -7961,140 +8037,145 @@
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textosimples">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001A0CB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcter">
-    <w:name w:val="Carácter Carácter Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcterCharCharCarcterCarcter">
-    <w:name w:val="Carácter Carácter Carácter Char Char Carácter Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter Char Char Carácter Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="002171F1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\Levangelista\Os%20meus%20documentos\A_SIADAP_GERAL\FICHAS%20DE%20AVALIA&#199;&#195;O_SIADAP\modelo%20Ficha%20de%20avaliacao%20dirigentes.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8102,51 +8183,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8213,65 +8294,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -8292,101 +8373,121 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63132F9A-95C3-4B91-B1A9-BADA9C677821}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6EBECC9-2642-4E41-9130-9BF80B1CEDA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>modelo Ficha de avaliacao dirigentes</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3496</Characters>
+  <Pages>6</Pages>
+  <Words>613</Words>
+  <Characters>3316</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AVALIAÇÃO DO DESEMPENHO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>igap</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4135</CharactersWithSpaces>
+  <CharactersWithSpaces>3922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>AVALIAÇÃO DO DESEMPENHO</dc:title>
   <dc:subject/>
   <dc:creator>Levangelista</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>