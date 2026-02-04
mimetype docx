--- v0 (2025-10-09)
+++ v1 (2026-02-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
+    <w:p w14:paraId="744AF6BF" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="004B6DFA" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -58,51 +58,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NEXO</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00610800" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="004B6DFA" w:rsidP="004B6DFA">
+    <w:p w14:paraId="7AE8E59C" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="004B6DFA" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007A732C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -117,665 +117,674 @@
       <w:r w:rsidR="00610800" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.º</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="53BD84FC" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Avaliação do desempenho</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00604637" w:rsidP="00C60FF4">
+    <w:p w14:paraId="28A3A65E" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00604637" w:rsidP="00C60FF4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Avaliação com base nas competências</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="2932306D" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ficha de </w:t>
       </w:r>
       <w:r w:rsidR="00D9651D" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Autoavaliação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="05789BFE" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E5EAE" w:rsidRDefault="004E5EAE" w:rsidP="00C60FF4">
+    <w:p w14:paraId="7F05234E" w14:textId="77777777" w:rsidR="004E5EAE" w:rsidRDefault="004E5EAE" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E5EAE" w:rsidRPr="004B6DFA" w:rsidRDefault="004E5EAE" w:rsidP="00C60FF4">
+    <w:p w14:paraId="032864D8" w14:textId="77777777" w:rsidR="004E5EAE" w:rsidRPr="004B6DFA" w:rsidRDefault="004E5EAE" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F5FB5" w:rsidRPr="004B6DFA" w:rsidRDefault="000F5FB5" w:rsidP="004B6DFA">
+    <w:p w14:paraId="3FB16F89" w14:textId="77777777" w:rsidR="000F5FB5" w:rsidRPr="004B6DFA" w:rsidRDefault="000F5FB5" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1. Elementos de Identificação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="004B6DFA">
+    <w:p w14:paraId="1510B60A" w14:textId="24588353" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Área governativa </w:t>
+        <w:t>Área governativa</w:t>
       </w:r>
-      <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
+      <w:r w:rsidR="00277F9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>____________________________________________________________</w:t>
+        <w:t>: FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
+    <w:p w14:paraId="3D244AE4" w14:textId="73008E83" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Serviço ____________________</w:t>
+        <w:t>Serviço</w:t>
       </w:r>
-      <w:r w:rsidR="001705FC" w:rsidRPr="004B6DFA">
+      <w:r w:rsidR="00277F9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00277F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>INSPEÇÃO-GERAL DE FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004E5EAE">
+    <w:p w14:paraId="3459DB94" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004E5EAE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
+    <w:p w14:paraId="764992EE" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (A preencher pelo avaliado)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2721"/>
         <w:gridCol w:w="2291"/>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="1760"/>
         <w:gridCol w:w="2159"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="004B6DFA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="676ECAA3" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
           <w:trHeight w:val="600"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="7F96B050" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avaliado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3587" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="52F6F701" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="004B6DFA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="40DC0D63" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
           <w:trHeight w:val="565"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="2060B0EC" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carreira/Categoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3587" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="3870222E" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="004B6DFA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="7A743023" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
           <w:trHeight w:val="546"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="54FA5E2A" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unidade orgânica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3587" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="23FB4AE0" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="004B6DFA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="61B90DA1" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2209" w:type="dxa"/>
           <w:trHeight w:val="568"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="5667BAD4" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Período de avaliação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="64774AA1" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">        /          /</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
+          <w:p w14:paraId="4F76E6BE" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="914" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="1F7EE237" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     /       /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="134CB56E" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00C60FF4">
+    <w:p w14:paraId="00D8EB92" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B6DFA" w:rsidRPr="004B6DFA" w:rsidRDefault="004B6DFA" w:rsidP="00C60FF4">
+    <w:p w14:paraId="1CD1F2C5" w14:textId="77777777" w:rsidR="004B6DFA" w:rsidRPr="004B6DFA" w:rsidRDefault="004B6DFA" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="000F5FB5" w:rsidP="006A3864">
+    <w:p w14:paraId="3D5B21EB" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="000F5FB5" w:rsidP="006A3864">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Competências</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006A3864">
+    <w:p w14:paraId="6C311C1B" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006A3864">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2.1 Demonstração de comportamentos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="004B6DFA">
+    <w:p w14:paraId="33103756" w14:textId="77777777" w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="004B6DFA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Para cada comportamento em que nível considera que se situou o seu desempenho ao longo do ano</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -787,2917 +796,3065 @@
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Assinale com X</w:t>
       </w:r>
       <w:r w:rsidR="000F15D2" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> o nível</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="00775D11">
+    <w:p w14:paraId="1027BE14" w14:textId="77777777" w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="00775D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2407"/>
-        <w:gridCol w:w="2407"/>
+        <w:gridCol w:w="2408"/>
+        <w:gridCol w:w="2406"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidTr="00937739">
+      <w:tr w:rsidR="006775E9" w:rsidRPr="004B6DFA" w14:paraId="39AD35DE" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB3C4F4" w14:textId="77777777" w:rsidR="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competências</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+          <w:p w14:paraId="0E97AD9E" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Escolhidas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEC4C3B" w14:textId="77777777" w:rsidR="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Comportamento demonstrado a um </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+          <w:p w14:paraId="6335585C" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nível elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108BB50A" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento demonstrado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AACFE86" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00791354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento não demonstrado ou inexistente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="07C76C56" w14:textId="77777777" w:rsidTr="00791354">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidRDefault="00937739" w:rsidP="00FC2603">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F861A9" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006775E9" w:rsidRPr="004B6DFA" w14:paraId="5EF4AFEE" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00FC2603">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0893CDDA" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="294CD6EC" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DDF474" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F7BC03" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006775E9" w:rsidRPr="004B6DFA" w14:paraId="0253F003" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00FC2603">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0E2C94" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00FC2603">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D111EA" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA92A6E" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCD9181" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006775E9" w:rsidRPr="004B6DFA" w14:paraId="12A20977" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00FC2603">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692B572A" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00FC2603">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBBC951" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4526F7DA" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FF2E5B" w14:textId="77777777" w:rsidR="006775E9" w:rsidRPr="004B6DFA" w:rsidRDefault="006775E9" w:rsidP="00FC2603">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="7841AAEC" w14:textId="77777777" w:rsidTr="00791354">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidRDefault="00937739" w:rsidP="00842E54">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D51DABE" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="6FA62DA5" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A472257" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FD07CB" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3720ECAF" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0524CBAC" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="4847F1D1" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5531FA91" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79666E9B" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AE19A8" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="571B2ADB" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="0B2F0FEB" w14:textId="77777777" w:rsidTr="004B6DFA">
         <w:trPr>
-          <w:trHeight w:val="491"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B14CC1A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E6A782" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B50A8F" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A62CBBF" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="4FB5FB3C" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="486"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27826052" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="7F384788" w14:textId="77777777" w:rsidTr="004B6DFA">
+        <w:trPr>
+          <w:trHeight w:val="498"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="137417A6" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BBEF87" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE0FF09" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A4D2CF" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="6F29FA62" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1D21AC" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A1814D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEA3B31" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EDA6F0" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="4BDC5570" w14:textId="77777777" w:rsidTr="004B6DFA">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38778075" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B87CFE9" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043FFB75" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="259E7ADE" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="01ECD57E" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC68BC4" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="30DB679E" w14:textId="77777777" w:rsidTr="004B6DFA">
+        <w:trPr>
+          <w:trHeight w:val="473"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C6FCD7" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDEBB8B" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CDA295" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE2F4F0" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="51467C03" w14:textId="77777777" w:rsidTr="004B6DFA">
+        <w:trPr>
+          <w:trHeight w:val="550"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C22D65D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F868FF2" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="384CE898" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7983D31A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="67BCE4D2" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18106AC4" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DC955A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="515A87B8" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19157882" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="169DBC40" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A34513" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="2A5B9156" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4BAEA1" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7725FD" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF92A08" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20CE6DEB" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="674D6C0E" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidRDefault="00937739" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E3563A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6FBB92" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="527BBB56" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCEB046" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="1F879DB0" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="548"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20375464" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AD4B1C" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64272F49" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4DF39D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="48FF7A9E" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="496"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B91FA3" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="3C8B353D" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="614"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0FE767" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="592D1263" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127541B" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD2581D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="4C7C9550" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="438643CB" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E3AC66" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09597CE1" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49188394" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="4806361A" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62790204" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574F3921" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="154F937D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D9D67D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="5A0342A8" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3156623B" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="0756DE72" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="608"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A20FCF9" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E95C368" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02765CA7" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CD2D7D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="75E6A746" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA07137" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68240E7D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4CC480" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1B3C56" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="5B439BAE" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAC2855" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comportamento C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6394211D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C74661" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE3BFD8" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="79E3E25A" w14:textId="77777777" w:rsidTr="00791354">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB856B9" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Competência n.º</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="7C83FCB4" w14:textId="77777777" w:rsidTr="006F469A">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366F8D28" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7087181C" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B4EF8C" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D568D9F" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="44290BCE" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E826D9D" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB4135A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43572C27" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0245A073" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="4C71DAE7" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B6C83C" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="002C93F2" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49345EFD" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792CF2F7" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="3E68A02B" w14:textId="77777777" w:rsidTr="00791354">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidRDefault="00937739" w:rsidP="00842E54">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E79C6B" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="07BF8092" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED56FA8" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D29584B" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="662D3466" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F401055" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="33DD5812" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B425E6" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121EBFA0" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AA1326" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AD7138" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="1218076D" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D888580" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09766CF9" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3F4E65" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAF4C89" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="006A3864" w:rsidRPr="004B6DFA" w14:paraId="72530808" w14:textId="77777777" w:rsidTr="00791354">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00937739" w:rsidRPr="004B6DFA" w:rsidRDefault="00937739" w:rsidP="00842E54">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE1AA67" w14:textId="77777777" w:rsidR="006A3864" w:rsidRPr="004B6DFA" w:rsidRDefault="006A3864" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="61C35639" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76681A35" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C25479" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="442F6B1E" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2D2A79" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="3F5F2E70" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCFA2A0" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="419E8667" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7996F2AF" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE9188A" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidTr="00BB18D0">
+      <w:tr w:rsidR="00842E54" w:rsidRPr="004B6DFA" w14:paraId="0249E26C" w14:textId="77777777" w:rsidTr="006F469A">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2407" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41856364" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B6DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7221" w:type="dxa"/>
-[...1208 lines deleted...]
-          <w:p w:rsidR="00310B61" w:rsidRPr="004B6DFA" w:rsidRDefault="00310B61" w:rsidP="00842E54">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3542D1F7" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7DB404" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="746FDBA3" w14:textId="77777777" w:rsidR="00842E54" w:rsidRPr="004B6DFA" w:rsidRDefault="00842E54" w:rsidP="00842E54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00F61FA0">
+    <w:p w14:paraId="677FF36B" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00F61FA0">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="00937739">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: A demonstração dos comportamentos associados à competência constantes das Listas de Competências, referem-se ao padrão médio exigível que corresponde à demonstração do comportamento com carácter de regularidade, de modo consistente e eficaz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
+    <w:p w14:paraId="32AA33D4" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
+    <w:p w14:paraId="46932255" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="006F469A">
+    <w:p w14:paraId="1598FA50" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="006F469A">
+    <w:p w14:paraId="28C783F7" w14:textId="77777777" w:rsidR="00775D11" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Breve fundamentação relativa aos comportamentos demonstrados)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="00274FAA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="0494E686" w14:textId="77777777" w:rsidTr="00274FAA">
         <w:trPr>
           <w:trHeight w:val="1118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
-[...89 lines deleted...]
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+          <w:p w14:paraId="091E575A" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C09C925" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E768C26" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34EB6373" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4552FDDB" w14:textId="77777777" w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="006F469A" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BE1948D" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="380C9E78" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="572832BD" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C2F7200" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03352EB7" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A4DC540" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="5F5C449F" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
+    <w:p w14:paraId="71C16C76" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00415B99" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00415B99">
+    <w:p w14:paraId="246AEFDE" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00415B99">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Autoproposta para reconhecimento do mérito (Desempenho Excelente) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
+    <w:p w14:paraId="3580DB03" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -3708,201 +3865,195 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidTr="00457A77">
+      <w:tr w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w14:paraId="2BCE7B38" w14:textId="77777777" w:rsidTr="00457A77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
-[...89 lines deleted...]
-          <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+          <w:p w14:paraId="2B5EC0E2" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D1A59D1" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26F49E37" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11665E0E" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F32E9CC" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F3FFF1D" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="552AEABA" w14:textId="77777777" w:rsidR="006F469A" w:rsidRDefault="006F469A" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A7BD0B0" w14:textId="77777777" w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="006F469A" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B01D817" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00CBB045" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2135E63D" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00457A77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="006F469A">
+    <w:p w14:paraId="2B59D625" w14:textId="77777777" w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="00937739">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="006F469A" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Em caso de autoproposta para reconhecimento de mérito o preenchimento da fundamentação é obrigatório.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="00F61FA0">
+    <w:p w14:paraId="30790D84" w14:textId="77777777" w:rsidR="00415B99" w:rsidRPr="004B6DFA" w:rsidRDefault="00775D11" w:rsidP="00F61FA0">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A autoproposta </w:t>
       </w:r>
       <w:r w:rsidR="006F469A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>apresentada pelo trabalhador apenas</w:t>
       </w:r>
@@ -3989,374 +4140,383 @@
       <w:r w:rsidR="00415B99" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">uito </w:t>
       </w:r>
       <w:r w:rsidR="006F469A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00415B99" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">om”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00F61FA0">
+    <w:p w14:paraId="2F084866" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRDefault="00FC2603" w:rsidP="00F61FA0">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
+    <w:p w14:paraId="6BCE3F2A" w14:textId="77777777" w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="006F469A" w:rsidP="00C60FF4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="625A291A" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C60FF4" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Comentários e Propostas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="006F469A">
+    <w:p w14:paraId="37E7AFD3" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="006F469A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Formação, reafectação profissional, etc.):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidTr="00274FAA">
+      <w:tr w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w14:paraId="254D2DC3" w14:textId="77777777" w:rsidTr="00274FAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
-[...8 lines deleted...]
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
+          <w:p w14:paraId="4E510246" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14D1225B" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
+          <w:p w14:paraId="361FB841" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00415B99" w:rsidRDefault="00415B99" w:rsidP="00274FAA">
+          <w:p w14:paraId="79EC5C1E" w14:textId="77777777" w:rsidR="00415B99" w:rsidRDefault="00415B99" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F61FA0" w:rsidRDefault="00F61FA0" w:rsidP="00274FAA">
+          <w:p w14:paraId="7B96E82D" w14:textId="77777777" w:rsidR="00F61FA0" w:rsidRDefault="00F61FA0" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F61FA0" w:rsidRDefault="00F61FA0" w:rsidP="00274FAA">
+          <w:p w14:paraId="6755FB29" w14:textId="77777777" w:rsidR="00F61FA0" w:rsidRDefault="00F61FA0" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F469A" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
+          <w:p w14:paraId="689134A0" w14:textId="77777777" w:rsidR="006F469A" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F469A" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
+          <w:p w14:paraId="259CCB13" w14:textId="77777777" w:rsidR="006F469A" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
+          <w:p w14:paraId="0B274F6E" w14:textId="77777777" w:rsidR="006F469A" w:rsidRPr="004B6DFA" w:rsidRDefault="006F469A" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
+          <w:p w14:paraId="7E1ED2EC" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
+          <w:p w14:paraId="7F8EAF20" w14:textId="77777777" w:rsidR="00FC2603" w:rsidRPr="004B6DFA" w:rsidRDefault="00FC2603" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
+          <w:p w14:paraId="1FE16785" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00274FAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00F61FA0">
+    <w:p w14:paraId="1CE16084" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00F61FA0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="0D407728" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O avaliado _______________________________________, em ___/___/____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00F61FA0">
+    <w:p w14:paraId="7D27ECC7" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="004B6DFA" w:rsidRDefault="00C60FF4" w:rsidP="00F61FA0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="00791354" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="7FB397C8" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="00791354" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Recebi. O avaliador _____</w:t>
       </w:r>
       <w:r w:rsidR="005B4FEB" w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, em ___/___</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/____</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C60FF4" w:rsidRPr="00791354" w:rsidSect="00BB18D0">
+    <w:sectPr w:rsidR="00C60FF4" w:rsidRPr="00791354" w:rsidSect="00F334F8">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1021" w:right="1134" w:bottom="1021" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002152C2" w:rsidRDefault="002152C2">
+    <w:p w14:paraId="1C308749" w14:textId="77777777" w:rsidR="004119FA" w:rsidRDefault="004119FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002152C2" w:rsidRDefault="002152C2">
+    <w:p w14:paraId="244FF7D8" w14:textId="77777777" w:rsidR="004119FA" w:rsidRDefault="004119FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4376,154 +4536,159 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Normal">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="06079CD3" w:usb1="00009716" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="009E370C"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="005B4FEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B0DF8D5" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="005B4FEB">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+  <w:p w14:paraId="720FDB6B" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68C9A89D" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002152C2" w:rsidRDefault="002152C2">
+    <w:p w14:paraId="3BC3FF49" w14:textId="77777777" w:rsidR="004119FA" w:rsidRDefault="004119FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002152C2" w:rsidRDefault="002152C2">
+    <w:p w14:paraId="5A9982D6" w14:textId="77777777" w:rsidR="004119FA" w:rsidRDefault="004119FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:8.65pt;height:8.65pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.15pt;height:9.15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="BD14871_"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C85529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3C45F28"/>
     <w:lvl w:ilvl="0" w:tplc="0A581EAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="363"/>
         </w:tabs>
         <w:ind w:left="363" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A581EAE">
       <w:start w:val="1"/>
@@ -10763,194 +10928,194 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1587962655">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1965575756">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1953324002">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1175418528">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="726877050">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1796169520">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="142813745">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1712610660">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="101457121">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="625742405">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="220557045">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2047638892">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1513715380">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="576667600">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1267150402">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1542395818">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="229846548">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2059694447">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="16733890">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="488255848">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="530194677">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="422797441">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="79496227">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1741826369">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1866822647">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="744572088">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2003266641">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="653752767">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="2030834917">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1318263115">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="189298001">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="109907448">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="626815090">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="601835985">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="175850525">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1611624354">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1777555919">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="518395388">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="542794994">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1487939994">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="878588563">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="2146923531">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="690910391">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1911192439">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1500730646">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1200783">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E00DB3"/>
@@ -10976,148 +11141,145 @@
     <w:rsid w:val="000E33B8"/>
     <w:rsid w:val="000F15D2"/>
     <w:rsid w:val="000F35E9"/>
     <w:rsid w:val="000F5FB5"/>
     <w:rsid w:val="00125A6E"/>
     <w:rsid w:val="00131F1A"/>
     <w:rsid w:val="00132124"/>
     <w:rsid w:val="00132190"/>
     <w:rsid w:val="001362A2"/>
     <w:rsid w:val="0014058D"/>
     <w:rsid w:val="00153200"/>
     <w:rsid w:val="00153D4E"/>
     <w:rsid w:val="001705FC"/>
     <w:rsid w:val="00170FC6"/>
     <w:rsid w:val="00182AD6"/>
     <w:rsid w:val="001A03DF"/>
     <w:rsid w:val="001A0CB3"/>
     <w:rsid w:val="001A1C6F"/>
     <w:rsid w:val="001B05FA"/>
     <w:rsid w:val="001B3A23"/>
     <w:rsid w:val="001C2D47"/>
     <w:rsid w:val="001D486E"/>
     <w:rsid w:val="001E1FE5"/>
     <w:rsid w:val="001F5052"/>
     <w:rsid w:val="0020391D"/>
-    <w:rsid w:val="002152C2"/>
     <w:rsid w:val="002171F1"/>
     <w:rsid w:val="00225B52"/>
     <w:rsid w:val="0022749B"/>
     <w:rsid w:val="00241918"/>
     <w:rsid w:val="002440A0"/>
     <w:rsid w:val="00263E5B"/>
     <w:rsid w:val="00274FAA"/>
     <w:rsid w:val="002769B5"/>
+    <w:rsid w:val="00277F9D"/>
     <w:rsid w:val="00287710"/>
     <w:rsid w:val="00293361"/>
     <w:rsid w:val="00297DE0"/>
     <w:rsid w:val="002A1710"/>
     <w:rsid w:val="002C4BC0"/>
     <w:rsid w:val="002C6451"/>
     <w:rsid w:val="00305296"/>
-    <w:rsid w:val="00310B61"/>
     <w:rsid w:val="003209DD"/>
     <w:rsid w:val="003238D0"/>
     <w:rsid w:val="003261B9"/>
     <w:rsid w:val="003266F1"/>
     <w:rsid w:val="003315DB"/>
     <w:rsid w:val="00345D1B"/>
     <w:rsid w:val="00350AEB"/>
     <w:rsid w:val="003525F1"/>
     <w:rsid w:val="0035454C"/>
     <w:rsid w:val="00371F7B"/>
     <w:rsid w:val="003749A8"/>
     <w:rsid w:val="00387639"/>
     <w:rsid w:val="003922DB"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A7146"/>
     <w:rsid w:val="003C4CF8"/>
     <w:rsid w:val="003C5212"/>
     <w:rsid w:val="003D44C3"/>
     <w:rsid w:val="003E39DE"/>
     <w:rsid w:val="00403EB8"/>
     <w:rsid w:val="00407234"/>
     <w:rsid w:val="004104E8"/>
     <w:rsid w:val="00411882"/>
+    <w:rsid w:val="004119FA"/>
     <w:rsid w:val="004137A2"/>
     <w:rsid w:val="00415B99"/>
     <w:rsid w:val="004169D8"/>
     <w:rsid w:val="0043323F"/>
     <w:rsid w:val="0045429D"/>
     <w:rsid w:val="00457A77"/>
     <w:rsid w:val="00472749"/>
     <w:rsid w:val="00475EB1"/>
     <w:rsid w:val="0049263B"/>
     <w:rsid w:val="004954B6"/>
     <w:rsid w:val="0049795C"/>
     <w:rsid w:val="004A6F80"/>
     <w:rsid w:val="004B6DFA"/>
     <w:rsid w:val="004C1789"/>
     <w:rsid w:val="004C2924"/>
     <w:rsid w:val="004C2CCB"/>
     <w:rsid w:val="004C6427"/>
     <w:rsid w:val="004E00A5"/>
     <w:rsid w:val="004E5EAE"/>
     <w:rsid w:val="004F26CF"/>
     <w:rsid w:val="00502C7E"/>
     <w:rsid w:val="0051198D"/>
     <w:rsid w:val="00521B36"/>
     <w:rsid w:val="0052309F"/>
     <w:rsid w:val="00525D20"/>
-    <w:rsid w:val="00526DC0"/>
     <w:rsid w:val="00543309"/>
     <w:rsid w:val="005444C1"/>
     <w:rsid w:val="00557809"/>
     <w:rsid w:val="00562DBC"/>
     <w:rsid w:val="005870D2"/>
     <w:rsid w:val="005A4EF8"/>
     <w:rsid w:val="005A7152"/>
     <w:rsid w:val="005B4FEB"/>
     <w:rsid w:val="005E0B2F"/>
     <w:rsid w:val="00601140"/>
     <w:rsid w:val="00602F4C"/>
     <w:rsid w:val="00603731"/>
     <w:rsid w:val="00604637"/>
     <w:rsid w:val="00610800"/>
     <w:rsid w:val="0061141A"/>
     <w:rsid w:val="00613D28"/>
     <w:rsid w:val="0062531B"/>
     <w:rsid w:val="00627E88"/>
     <w:rsid w:val="0063746E"/>
     <w:rsid w:val="00643832"/>
     <w:rsid w:val="00645CC6"/>
     <w:rsid w:val="006641DE"/>
     <w:rsid w:val="0066740E"/>
     <w:rsid w:val="00667463"/>
     <w:rsid w:val="00670684"/>
     <w:rsid w:val="006747D9"/>
     <w:rsid w:val="006775E9"/>
     <w:rsid w:val="0068065C"/>
     <w:rsid w:val="0068470E"/>
-    <w:rsid w:val="00691F0F"/>
     <w:rsid w:val="006A3864"/>
-    <w:rsid w:val="006A3E98"/>
     <w:rsid w:val="006A65AA"/>
     <w:rsid w:val="006A6942"/>
     <w:rsid w:val="006A6D6F"/>
     <w:rsid w:val="006B3A17"/>
     <w:rsid w:val="006B3AEB"/>
     <w:rsid w:val="006B78F0"/>
     <w:rsid w:val="006C5874"/>
     <w:rsid w:val="006D028E"/>
     <w:rsid w:val="006E2A73"/>
     <w:rsid w:val="006F330F"/>
     <w:rsid w:val="006F469A"/>
     <w:rsid w:val="007006C6"/>
     <w:rsid w:val="007009B0"/>
     <w:rsid w:val="00700F75"/>
     <w:rsid w:val="00720C02"/>
     <w:rsid w:val="00722605"/>
     <w:rsid w:val="0072432B"/>
     <w:rsid w:val="00726F63"/>
     <w:rsid w:val="00734728"/>
     <w:rsid w:val="007353AC"/>
     <w:rsid w:val="0073718B"/>
     <w:rsid w:val="00741976"/>
     <w:rsid w:val="00745B3E"/>
     <w:rsid w:val="00747E84"/>
     <w:rsid w:val="0075068C"/>
@@ -11141,141 +11303,137 @@
     <w:rsid w:val="007F3D78"/>
     <w:rsid w:val="00817263"/>
     <w:rsid w:val="00826C06"/>
     <w:rsid w:val="00840200"/>
     <w:rsid w:val="00842E54"/>
     <w:rsid w:val="00865A3D"/>
     <w:rsid w:val="008712E3"/>
     <w:rsid w:val="00876116"/>
     <w:rsid w:val="00880824"/>
     <w:rsid w:val="00880A86"/>
     <w:rsid w:val="00883A39"/>
     <w:rsid w:val="00891137"/>
     <w:rsid w:val="00894BB0"/>
     <w:rsid w:val="008A22DE"/>
     <w:rsid w:val="008A3D2C"/>
     <w:rsid w:val="008A6C8F"/>
     <w:rsid w:val="008B67E7"/>
     <w:rsid w:val="008C39D2"/>
     <w:rsid w:val="008D406E"/>
     <w:rsid w:val="008D7B2A"/>
     <w:rsid w:val="008F2331"/>
     <w:rsid w:val="00901D0E"/>
     <w:rsid w:val="00916F9E"/>
     <w:rsid w:val="00921807"/>
     <w:rsid w:val="00930D39"/>
-    <w:rsid w:val="00937739"/>
     <w:rsid w:val="00940AFF"/>
     <w:rsid w:val="00942D1A"/>
     <w:rsid w:val="00947176"/>
     <w:rsid w:val="00962489"/>
     <w:rsid w:val="009738F4"/>
     <w:rsid w:val="00975667"/>
     <w:rsid w:val="00986447"/>
     <w:rsid w:val="009A5B7B"/>
     <w:rsid w:val="009B61AA"/>
     <w:rsid w:val="009D44D6"/>
     <w:rsid w:val="009F2DB2"/>
     <w:rsid w:val="00A002AC"/>
-    <w:rsid w:val="00A10C35"/>
     <w:rsid w:val="00A137A6"/>
     <w:rsid w:val="00A14F84"/>
     <w:rsid w:val="00A166FE"/>
     <w:rsid w:val="00A2490E"/>
     <w:rsid w:val="00A25DEF"/>
     <w:rsid w:val="00A4438B"/>
     <w:rsid w:val="00A52382"/>
     <w:rsid w:val="00A5427B"/>
     <w:rsid w:val="00A73CCE"/>
     <w:rsid w:val="00A751C0"/>
     <w:rsid w:val="00A767CF"/>
     <w:rsid w:val="00A77633"/>
     <w:rsid w:val="00A90D86"/>
     <w:rsid w:val="00A96A6D"/>
     <w:rsid w:val="00AA15E6"/>
     <w:rsid w:val="00AA7592"/>
     <w:rsid w:val="00AC0AFC"/>
     <w:rsid w:val="00AC5297"/>
     <w:rsid w:val="00AC76FE"/>
     <w:rsid w:val="00AD1781"/>
     <w:rsid w:val="00AE07E6"/>
     <w:rsid w:val="00AF27C5"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B30B6E"/>
     <w:rsid w:val="00B34650"/>
     <w:rsid w:val="00B40567"/>
     <w:rsid w:val="00B46281"/>
     <w:rsid w:val="00B4780B"/>
     <w:rsid w:val="00B52557"/>
     <w:rsid w:val="00B54033"/>
     <w:rsid w:val="00B55378"/>
     <w:rsid w:val="00B65AB1"/>
     <w:rsid w:val="00B67AC3"/>
     <w:rsid w:val="00B705B3"/>
     <w:rsid w:val="00B765B5"/>
     <w:rsid w:val="00B77383"/>
     <w:rsid w:val="00B80B12"/>
     <w:rsid w:val="00B87492"/>
-    <w:rsid w:val="00BB18D0"/>
     <w:rsid w:val="00BB2394"/>
     <w:rsid w:val="00BB650C"/>
     <w:rsid w:val="00BC1086"/>
     <w:rsid w:val="00BC2A50"/>
     <w:rsid w:val="00BD7030"/>
     <w:rsid w:val="00BE14B8"/>
     <w:rsid w:val="00BF6150"/>
     <w:rsid w:val="00BF64B5"/>
     <w:rsid w:val="00C003D4"/>
     <w:rsid w:val="00C21062"/>
     <w:rsid w:val="00C210E0"/>
     <w:rsid w:val="00C25960"/>
     <w:rsid w:val="00C26F08"/>
     <w:rsid w:val="00C30D34"/>
     <w:rsid w:val="00C352CD"/>
     <w:rsid w:val="00C523FB"/>
     <w:rsid w:val="00C574E9"/>
     <w:rsid w:val="00C60FF4"/>
     <w:rsid w:val="00C71B09"/>
     <w:rsid w:val="00CA2C8C"/>
     <w:rsid w:val="00CB3965"/>
     <w:rsid w:val="00CC3AD3"/>
     <w:rsid w:val="00CC6D1F"/>
     <w:rsid w:val="00CD2A15"/>
     <w:rsid w:val="00CE3582"/>
     <w:rsid w:val="00CE426E"/>
     <w:rsid w:val="00CF0DD9"/>
     <w:rsid w:val="00CF28FC"/>
     <w:rsid w:val="00CF6B62"/>
     <w:rsid w:val="00CF7310"/>
     <w:rsid w:val="00D16C64"/>
     <w:rsid w:val="00D21045"/>
     <w:rsid w:val="00D24758"/>
     <w:rsid w:val="00D350F7"/>
     <w:rsid w:val="00D46BDA"/>
     <w:rsid w:val="00D50969"/>
     <w:rsid w:val="00D50D8C"/>
-    <w:rsid w:val="00D67DBF"/>
     <w:rsid w:val="00D866A6"/>
     <w:rsid w:val="00D871DC"/>
     <w:rsid w:val="00D90D7E"/>
     <w:rsid w:val="00D9651D"/>
     <w:rsid w:val="00D97EDB"/>
     <w:rsid w:val="00DA0E04"/>
     <w:rsid w:val="00DA2673"/>
     <w:rsid w:val="00DA5B59"/>
     <w:rsid w:val="00DB0911"/>
     <w:rsid w:val="00DB3249"/>
     <w:rsid w:val="00DB4D46"/>
     <w:rsid w:val="00DB4F6D"/>
     <w:rsid w:val="00DB6883"/>
     <w:rsid w:val="00DC2897"/>
     <w:rsid w:val="00DD0837"/>
     <w:rsid w:val="00DD42DF"/>
     <w:rsid w:val="00DD4876"/>
     <w:rsid w:val="00DF1E45"/>
     <w:rsid w:val="00DF34B2"/>
     <w:rsid w:val="00E00DB3"/>
     <w:rsid w:val="00E037FF"/>
     <w:rsid w:val="00E04D61"/>
     <w:rsid w:val="00E1751A"/>
     <w:rsid w:val="00E2212E"/>
     <w:rsid w:val="00E22A2E"/>
@@ -11334,126 +11492,83 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4484CDBF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{15C64324-B639-43ED-92AF-3ACBD1968922}"/>
+  <w15:docId w15:val="{7861653E-B2E3-44E1-9781-D1B440956490}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...42 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -11629,104 +11744,100 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0075068C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
+    <w:aliases w:val=" Carácter Carácter Carácter1 Carácter Carácter Carácter"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Tabelacomgrelha">
+  <w:style w:type="table" w:styleId="Tabelacomgrelha">
     <w:name w:val="Tabela com grelha"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="0062531B"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00E92459"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
@@ -11736,51 +11847,51 @@
     <w:rsid w:val="008A3D2C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="008A3D2C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:rsid w:val="00287710"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcter1Carcter">
-    <w:name w:val="Carácter Carácter Carácter1 Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter1 Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00DA0E04"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
@@ -11796,144 +11907,145 @@
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textosimples">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001A0CB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcter">
-    <w:name w:val="Carácter Carácter Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CarcterCarcterCarcterCharCharCarcterCarcter">
-    <w:name w:val="Carácter Carácter Carácter Char Char Carácter Carácter"/>
+    <w:name w:val=" Carácter Carácter Carácter Char Char Carácter Carácter"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="002171F1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\Levangelista\Os%20meus%20documentos\A_SIADAP_GERAL\FICHAS%20DE%20AVALIA&#199;&#195;O_SIADAP\modelo%20Ficha%20de%20avaliacao%20dirigentes.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11941,51 +12053,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -12052,65 +12164,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -12131,85 +12243,105 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>modelo Ficha de avaliacao dirigentes</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>407</Words>
-  <Characters>2199</Characters>
+  <Words>377</Words>
+  <Characters>2036</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>5</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AVALIAÇÃO DO DESEMPENHO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>igap</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2601</CharactersWithSpaces>
+  <CharactersWithSpaces>2409</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>AVALIAÇÃO DO DESEMPENHO</dc:title>
   <dc:subject/>
   <dc:creator>Levangelista</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>