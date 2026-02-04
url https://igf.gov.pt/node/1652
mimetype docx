--- v0 (2025-10-09)
+++ v1 (2026-02-04)
@@ -3,76 +3,76 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00722605" w:rsidRPr="00676EFB" w:rsidRDefault="00676EFB" w:rsidP="00891FC6">
+    <w:p w14:paraId="3C96D423" w14:textId="77777777" w:rsidR="00722605" w:rsidRPr="00676EFB" w:rsidRDefault="00676EFB" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00676EFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ANEXO III</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722605" w:rsidRPr="00891FC6" w:rsidRDefault="005424D9" w:rsidP="00891FC6">
+    <w:p w14:paraId="015527CC" w14:textId="77777777" w:rsidR="00722605" w:rsidRPr="00891FC6" w:rsidRDefault="005424D9" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00AF49EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -87,608 +87,617 @@
       <w:r w:rsidR="00722605" w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">que se refere </w:t>
       </w:r>
       <w:r w:rsidR="001324B2" w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a alínea a) do n.º 1 do artigo 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.º]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB650C" w:rsidRPr="00891FC6" w:rsidRDefault="00BB650C" w:rsidP="00D46BDA">
+    <w:p w14:paraId="3AE471DC" w14:textId="77777777" w:rsidR="00BB650C" w:rsidRPr="00891FC6" w:rsidRDefault="00BB650C" w:rsidP="00D46BDA">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Avaliação do desempenho</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00891FC6" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="68F0D9F7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00891FC6" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dirigentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Intermédios (SIADAP 2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00891FC6" w:rsidRDefault="00543309" w:rsidP="00891FC6">
+    <w:p w14:paraId="7AE6C440" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00891FC6" w:rsidRDefault="00543309" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ficha de Auto</w:t>
       </w:r>
       <w:r w:rsidR="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00891FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>valiação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="0203BE32" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="009234D8">
+    <w:p w14:paraId="64A429DA" w14:textId="77777777" w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="009234D8">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1. Elementos de Identificação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00543309">
+    <w:p w14:paraId="08E6780D" w14:textId="77777777" w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00C62E56" w:rsidP="00543309">
+    <w:p w14:paraId="0C984BC4" w14:textId="37C6FBAE" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00C62E56" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Área governativa </w:t>
+        <w:t>Área governativa</w:t>
       </w:r>
-      <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
+      <w:r w:rsidR="00365077">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>________________</w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00826C06" w:rsidRPr="00CC040D">
+      <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
+      <w:r w:rsidR="00365077">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>______________________________________________</w:t>
+        <w:t>FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="499F44CA" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00891FC6">
+    <w:p w14:paraId="7E1EE820" w14:textId="048D8AF1" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Serviço ___________________________</w:t>
+        <w:t>Serviço</w:t>
       </w:r>
-      <w:r w:rsidR="00250516" w:rsidRPr="00CC040D">
+      <w:r w:rsidR="00365077">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>______</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>______________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00365077">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>INSPEÇÃO-GERAL DE FINANÇAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="02BBFF4D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00891FC6">
+    <w:p w14:paraId="013DE134" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(A preencher pelo avaliado)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2696"/>
         <w:gridCol w:w="2373"/>
         <w:gridCol w:w="721"/>
         <w:gridCol w:w="1823"/>
         <w:gridCol w:w="2241"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="3AF2D6B4" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="365"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="3DF52C29" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avaliado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3632" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="01ABE813" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="347A5814" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="414"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="11237AE8" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3632" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="192ED3A6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="36E320CA" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="405"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="5491C9C3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unidade orgânica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3632" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="77F61727" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="748E4E86" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2241" w:type="dxa"/>
           <w:trHeight w:val="425"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="426DB555" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Período de avaliação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="05D25074" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">       /          /</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="366" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="70652C0F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="745824F2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="007105DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
@@ -696,3088 +705,3170 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  /   </w:t>
             </w:r>
             <w:r w:rsidR="007105DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00891FC6">
+    <w:p w14:paraId="12675934" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="009234D8">
+    <w:p w14:paraId="21D5D05F" w14:textId="77777777" w:rsidR="009234D8" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="009234D8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00891FC6">
+    <w:p w14:paraId="22A793FF" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:r w:rsidR="00936A96" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Grau de realização dos obje</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tivos fixados</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00CC040D">
+    <w:p w14:paraId="11E55C0E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00CC040D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada objetivo fixado em que nível considera que se situou o seu desempenho? </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Assinale com X o nível)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2341"/>
         <w:gridCol w:w="1330"/>
         <w:gridCol w:w="1261"/>
         <w:gridCol w:w="1528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="1F418145" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
+          <w:p w14:paraId="27094454" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Objetivos fixados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
+          <w:p w14:paraId="298F09AF" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Superei o</w:t>
             </w:r>
             <w:r w:rsidR="00250516" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00936A96" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>obje</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
+          <w:p w14:paraId="6F7336C5" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Atingi o</w:t>
             </w:r>
             <w:r w:rsidR="00250516" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00936A96" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>obje</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
+          <w:p w14:paraId="32090640" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00250516">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Não atingi o</w:t>
             </w:r>
             <w:r w:rsidR="00250516" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00936A96" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>obje</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="67971C88" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="421"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2F08FA80" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="067ED074" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="4A0F9E59" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="543A9C9D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="6D63FFD3" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="413"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2B2E8405" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="328B7BE6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2C1CF65B" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="6E23C5B1" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="0AA904A5" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="419"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="305A2A7A" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="0E1C68A9" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="72E7C2CE" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="40294781" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="09D578FD" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="412"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="1123ED2F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2A4EE33E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2F7079B9" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="08FA6A87" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="6B20548F" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="417"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="5D8F415F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="5BCBD3F1" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="358EBD1D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="3FF9BEFA" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidTr="007105DC">
+      <w:tr w:rsidR="00543309" w:rsidRPr="00CC040D" w14:paraId="35379A7D" w14:textId="77777777" w:rsidTr="007105DC">
         <w:trPr>
           <w:trHeight w:val="409"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="5258E6B0" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tivo __</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1330" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="3796C7C7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="2E7AEEF7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="3D2E531F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005E13C2" w:rsidRPr="00CC040D" w:rsidRDefault="005E13C2" w:rsidP="00891FC6">
+    <w:p w14:paraId="312E792A" w14:textId="77777777" w:rsidR="005E13C2" w:rsidRPr="00CC040D" w:rsidRDefault="005E13C2" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00891FC6">
+    <w:p w14:paraId="5EEB0C3C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="00CC040D" w:rsidRDefault="009234D8" w:rsidP="00891FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. </w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRDefault="00543309" w:rsidP="005E13C2">
+    <w:p w14:paraId="7A413AAD" w14:textId="77777777" w:rsidR="00543309" w:rsidRDefault="00543309" w:rsidP="005E13C2">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Breve fundamentaçã</w:t>
       </w:r>
       <w:r w:rsidR="00936A96" w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>o relativa à realização de obje</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC040D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tivos)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="34"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidTr="00CC040D">
+      <w:tr w:rsidR="00CC040D" w:rsidRPr="00CC040D" w14:paraId="776806E0" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
-[...53 lines deleted...]
-          <w:p w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+          <w:p w14:paraId="3374F9BB" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="299D5094" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="132908D9" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28452076" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EFB081C" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F7311AE" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C7A359F" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="00CC040D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="005E13C2">
+    <w:p w14:paraId="6CDCB1CA" w14:textId="77777777" w:rsidR="00CC040D" w:rsidRPr="00CC040D" w:rsidRDefault="00CC040D" w:rsidP="005E13C2">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="00891FC6" w:rsidRDefault="009C396E" w:rsidP="00774E31">
+    <w:p w14:paraId="699D7A4E" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="00891FC6" w:rsidRDefault="009C396E" w:rsidP="00774E31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C396E" w:rsidRPr="00891FC6" w:rsidSect="00C82234">
           <w:footerReference w:type="even" r:id="rId7"/>
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00473D9F">
+    <w:p w14:paraId="596A0024" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00473D9F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00774E31" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Competências</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
+    <w:p w14:paraId="52943DF1" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="009C396E" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.1 Demonstração de comportamentos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="1C1930BA" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="00C62E56">
+    <w:p w14:paraId="0D6F11CF" w14:textId="77777777" w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="00C62E56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Para cada comportamento em que nível considera que se situou o seu desempenho ao longo do ano</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r w:rsidR="00473D9F" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Assinale com X o nível)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="790AFB8D" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2444"/>
-        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="2444"/>
         <w:gridCol w:w="2445"/>
         <w:gridCol w:w="2445"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="10F652FF" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="932"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="356149C2" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competências Escolhidas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2445" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="705762ED" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento demonstrado a um nível elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="637B1AED" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento demonstrado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C4E79E" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento não demonstrado ou inexistente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="657BCB5C" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00A97494">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54DAB5C3" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="6A629258" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="401"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59357A3D" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...25 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739F4CA0" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="414B877E" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0999BFDF" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="137C6FAE" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62952CFB" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00A97494">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEB926C" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5CE8AA" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16569AC7" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="314D487D" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00A97494">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D52035" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00A97494">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36415B5C" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="045AA48E" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24677DAE" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="00C72C29">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="20FED7E0" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00A97494">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE2B9CD" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="28CDD02C" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAC5D27" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...25 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7E8486" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AEDD1F" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D65E34C" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="1F8DA322" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB80198" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00222DB7" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4084F2" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58390BFC" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="748BF63C" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B80800" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A17A7C5" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="488BD3C8" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="374887BC" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="003066B7">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="13D359AF" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00694750">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38724BD1" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="54A225CA" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E24505D" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422BC5B2" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="244C0333" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13238496" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="4356DBFA" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B90922B" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24446905" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7D9FC8" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4167B9FC" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="3AEF4C93" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7641E114" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00694750" w:rsidRPr="008E5B0E" w:rsidRDefault="00694750" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5864C59C" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFDC990" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2A75A0" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="00207A1C">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="45F34A0E" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00694750">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="095967E4" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="3E6EB75B" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="216CC5B7" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E9D405" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7977BC26" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0179F312" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="0D5511D3" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387CF248" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C677964" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A8C4E0" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D958D29" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="4DD67665" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13997A69" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F9CED0" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="677FABAC" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E9C279" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="006A5057">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="1995F52C" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00694750">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3788E3BF" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="555F3286" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28EB6A35" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A564932" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B42EA1E" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="211C4A68" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="61D9B2E6" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4022281B" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79695D16" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A25078E" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="599FC872" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="4601FC70" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B11A90" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6054ED90" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="352A92D7" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5020AA" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidTr="001A66E6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="4ED0941A" w14:textId="77777777" w:rsidTr="00A97494">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007773F6" w:rsidRPr="008E5B0E" w:rsidRDefault="007773F6" w:rsidP="00694750">
+            <w:tcW w:w="9778" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="553E36FE" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Competência n.º</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...51 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="18FF14E3" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CE7D84" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B20326" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="662FAC9B" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFDB46A" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="2DAE46B7" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD0FBCB" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48585E7B" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="012D7652" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4820CEE7" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidTr="007773F6">
+      <w:tr w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w14:paraId="25448FDC" w14:textId="77777777" w:rsidTr="00CC040D">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DBB4C6" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comportamento C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7335" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CD79E7" w:rsidRPr="008E5B0E" w:rsidRDefault="00CD79E7" w:rsidP="00694750">
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34B2BEB0" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484A269A" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB7B26B" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00A97494">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C62E56" w:rsidRDefault="00C62E56" w:rsidP="009C396E">
+    <w:p w14:paraId="524FAE5B" w14:textId="77777777" w:rsidR="00C62E56" w:rsidRDefault="00C62E56" w:rsidP="009C396E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A43CCB" w:rsidRPr="00CC040D" w:rsidRDefault="00A43CCB" w:rsidP="009C396E">
+    <w:p w14:paraId="55E0C52E" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRPr="00CC040D" w:rsidRDefault="00A43CCB" w:rsidP="009C396E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="008E5B0E">
+    <w:p w14:paraId="2AF953AC" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="007773F6">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: A demonstração dos comportamentos associados à competência constantes das Listas de Competências, referem-se ao padrão médio exigível que corresponde à demonstração do comportamento com carácter de regularidade, de modo consistente e eficaz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="3A0BBEC8" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
+    <w:p w14:paraId="6FA2DB91" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="009C396E" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.2 Fundamentação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="55CE2C81" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="008E5B0E">
+    <w:p w14:paraId="618E412E" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Breve fundamentação relativa aos comportamentos demonstrados)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidTr="00BB5B08">
+      <w:tr w:rsidR="009C396E" w:rsidRPr="008E5B0E" w14:paraId="6BC66023" w14:textId="77777777" w:rsidTr="00BB5B08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
-[...98 lines deleted...]
-          <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+          <w:p w14:paraId="29676644" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ECB0F66" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F1AADF2" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D8FFA59" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27841594" w14:textId="77777777" w:rsidR="009C396E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="113CA22A" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E25DF1A" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DECCAF9" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRPr="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3033AD31" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4987F8A8" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="005B264B" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43D8B5E1" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00543309">
+    <w:p w14:paraId="3463206B" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00543309">
+    <w:p w14:paraId="59DF6C88" w14:textId="77777777" w:rsidR="00473D9F" w:rsidRPr="008E5B0E" w:rsidRDefault="00473D9F" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
+    <w:p w14:paraId="6B537811" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="009C396E" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Autoproposta para reconhecimento do mérito (Desempenho Excelente) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="7C321C22" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="008E5B0E">
+    <w:p w14:paraId="296E3D36" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="009C396E" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -3797,219 +3888,213 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fundamentação</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidTr="00BB5B08">
+      <w:tr w:rsidR="009C396E" w:rsidRPr="008E5B0E" w14:paraId="32B9BD87" w14:textId="77777777" w:rsidTr="00BB5B08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
-[...98 lines deleted...]
-          <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+          <w:p w14:paraId="052F1A03" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B058CF3" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EFD3865" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="736946BE" w14:textId="77777777" w:rsidR="009C396E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28CBCEE0" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DCC37ED" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E8A3CB1" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRPr="008E5B0E" w:rsidRDefault="008E5B0E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6847119D" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="097BA089" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66CA5BD8" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C325085" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31480377" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00BB5B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
+    <w:p w14:paraId="1AA8C0F5" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="009C396E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00E876F2" w:rsidP="008E5B0E">
+    <w:p w14:paraId="56FF3378" w14:textId="77777777" w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00E876F2" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Obs</w:t>
       </w:r>
-      <w:r w:rsidR="007773F6">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C62E56" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Em caso de autoproposta para reconhecimento de mérito o preenchimento da fundamentação é obrigatório.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="008E5B0E">
+    <w:p w14:paraId="176672D7" w14:textId="77777777" w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A autoproposta apresentada pelo avaliado apenas será </w:t>
       </w:r>
       <w:r w:rsidR="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>apreciada pelo</w:t>
       </w:r>
@@ -4064,112 +4149,112 @@
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">uito </w:t>
       </w:r>
       <w:r w:rsidR="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>om”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="00C62E56">
+    <w:p w14:paraId="50505954" w14:textId="77777777" w:rsidR="00C62E56" w:rsidRPr="008E5B0E" w:rsidRDefault="00C62E56" w:rsidP="00C62E56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00543309">
+    <w:p w14:paraId="357FC056" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E23BE4" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. Fa</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">tores mais influentes no desempenho </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009234D8" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00543309">
+    <w:p w14:paraId="01026E66" w14:textId="77777777" w:rsidR="009234D8" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="0008131E" w:rsidRDefault="00E23BE4" w:rsidP="008E5B0E">
+    <w:p w14:paraId="5551F9A6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="0008131E" w:rsidRDefault="00E23BE4" w:rsidP="008E5B0E">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Classifique cada um dos fa</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -4185,2061 +4270,2061 @@
         </w:rPr>
         <w:t xml:space="preserve">(Na escala apresentada assinale com X, sendo que </w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="0008131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1 representa o mais negativo e 6 o mais positivo</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="0008131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="44E330CB" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="5AD3B8BB" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nota: Caso assinale os pontos 1, 2, 5 e 6 é importante que faça uma breve justificação</w:t>
       </w:r>
       <w:r w:rsidR="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="0762C7BC" w14:textId="77777777" w:rsidR="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="008E5B0E" w:rsidSect="009C396E">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="73953D0D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="3F54200C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6331"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="73FA0533" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00C47798">
+          <w:p w14:paraId="195E3DCF" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FA</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TORES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4F75F2AF" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="7AEBFE29" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4A825BE3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="060BEA03" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="121D20B4" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="027C41EE" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="3B059614" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
+          <w:p w14:paraId="59A66925" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Constância de obje</w:t>
             </w:r>
             <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">tivos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="601C8555" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4134065D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="03E4FAA0" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="026F81A1" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="0ACCA521" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="67E799D6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="259E86D6" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="605B44AC" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Orientação superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2866584C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="79561EF7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="77EEF53E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2543541F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="22FEE1D6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="272A878A" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="3791BFA5" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="4DA78114" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Comunicação e informação </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2E0FC517" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2E08E19E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="25C43135" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="72A08AAE" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="13F5198B" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3CE1A55D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="0068B420" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="6D71F521" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recursos humanos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="47D5EB2C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="74ABDE4F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="007C690D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3FD6BE03" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2C444BF7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="5322FDA0" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="4CA74499" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4BD2F0AA" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recursos financeiros e materiais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="766776B5" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="7A41FAE2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="50429721" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="25AC9D8A" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="6A2474B9" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="139EC2E3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="737908A6" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="47FF7C05" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sistemas/Tecnologias de informação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2F45AEDF" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="1F527FCC" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3AFD8655" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="2B1740D3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="361E9F3E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4FCFD707" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="35A9259A" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="054DB1BC" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Esforço/investimento individual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="10A81C4B" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="1C52160E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="1424E264" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="660DDEDB" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3D2B712B" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="46A150E4" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="0008131E">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="40933A8E" w14:textId="77777777" w:rsidTr="0008131E">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="35145891" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E5B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Outros*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="6896816C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="70F008C3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="438D1CB2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="1792BC3F" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="734C7FB8" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="58CCB6F2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00A43CCB">
+    <w:p w14:paraId="6B3A2EDA" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00A43CCB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="32245629" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>* Se preencheu este item</w:t>
       </w:r>
       <w:r w:rsidR="00936A96" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, descreva quais os “Outros” fa</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tores que considera que influenciaram o seu desempenho:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00543309">
+    <w:p w14:paraId="370A2B34" w14:textId="77777777" w:rsidR="009C396E" w:rsidRPr="008E5B0E" w:rsidRDefault="009C396E" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="00C47798">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="2FCB40C6" w14:textId="77777777" w:rsidTr="00C47798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
-[...98 lines deleted...]
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="1C28283C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B9C3E11" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4405FBD3" w14:textId="77777777" w:rsidR="00543309" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="349AABD7" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CBF16F2" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39E01276" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64311CD2" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B2B89F7" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRPr="008E5B0E" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6058B53A" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="462D4C82" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52DCFA48" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="027A7AF2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00A43CCB">
+    <w:p w14:paraId="2380C1E0" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00A43CCB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00A43CCB">
+    <w:p w14:paraId="1D9A85F8" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00936A96" w:rsidP="00A43CCB">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Se valorou algum fa</w:t>
       </w:r>
       <w:r w:rsidR="00543309" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tor nos extremos da escala (pontos 1,2, 5 e 6) justifique sumariamente relativamente a cada um (podendo também justificar sumariamente outras valorações que considere importantes):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="00C47798">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="03623330" w14:textId="77777777" w:rsidTr="00C47798">
         <w:trPr>
           <w:trHeight w:val="2029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
-[...107 lines deleted...]
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+          <w:p w14:paraId="4C123B88" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7282B256" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B007698" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BD267AD" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51E05C78" w14:textId="77777777" w:rsidR="00543309" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="274854EA" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CEE6F60" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02336B9A" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09B3AF7E" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D601F42" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B9C176E" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRPr="008E5B0E" w:rsidRDefault="00A43CCB" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E3BE088" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A2187C3" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00D50D8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00543309">
+    <w:p w14:paraId="695268C4" w14:textId="77777777" w:rsidR="00A43CCB" w:rsidRDefault="00A43CCB" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A43CCB" w:rsidSect="009C396E">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="198A071D" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="007A20AA">
+    <w:p w14:paraId="5F3FAA31" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="009234D8" w:rsidP="007A20AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00774E31" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A20AA" w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Comentários e propostas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="2870FEA8" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00A43CCB">
+    <w:p w14:paraId="11E6393E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00A43CCB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Formação, etc.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidTr="00C47798">
+      <w:tr w:rsidR="00543309" w:rsidRPr="008E5B0E" w14:paraId="0AF5D376" w14:textId="77777777" w:rsidTr="00C47798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="482EBA91" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="43B82B9C" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="0B6DDED6" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="110A5F15" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="55EE69F7" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3664118E" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="380252D9" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="4C3115A4" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="12180102" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
+          <w:p w14:paraId="3DEB67B1" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00C47798">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="13BE0766" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="7C2E8A00" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="207119D0" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="2DF80520" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="1EE957D2" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O avaliado ______________________________________________, em ___/___/____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="78DAD9CB" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="7EE23E06" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
+    <w:p w14:paraId="487260FE" w14:textId="77777777" w:rsidR="00543309" w:rsidRPr="008E5B0E" w:rsidRDefault="00543309" w:rsidP="00543309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Recebi. O avaliador _______________________________________, em ___/___/____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60FF4" w:rsidRPr="008E5B0E" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+    <w:p w14:paraId="66FFD101" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRPr="008E5B0E" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C60FF4" w:rsidRPr="008E5B0E" w:rsidSect="009C396E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B83C66" w:rsidRDefault="00B83C66">
+    <w:p w14:paraId="712501F7" w14:textId="77777777" w:rsidR="005F55ED" w:rsidRDefault="005F55ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B83C66" w:rsidRDefault="00B83C66">
+    <w:p w14:paraId="4DD816BF" w14:textId="77777777" w:rsidR="005F55ED" w:rsidRDefault="005F55ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6254,199 +6339,197 @@
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Normal">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="06079CD3" w:usb1="00009716" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="009E370C"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C82234">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="746BAAFA" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C82234">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+  <w:p w14:paraId="618B399F" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C82234" w:rsidRDefault="00C82234" w:rsidP="00863557">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="50EDEF94" w14:textId="77777777" w:rsidR="00C82234" w:rsidRDefault="00C82234" w:rsidP="00863557">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE6E80">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
+  <w:p w14:paraId="530CF43B" w14:textId="77777777" w:rsidR="00C60FF4" w:rsidRDefault="00C60FF4" w:rsidP="00C60FF4">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B83C66" w:rsidRDefault="00B83C66">
+    <w:p w14:paraId="2A08D54E" w14:textId="77777777" w:rsidR="005F55ED" w:rsidRDefault="005F55ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B83C66" w:rsidRDefault="00B83C66">
+    <w:p w14:paraId="0905EAE2" w14:textId="77777777" w:rsidR="005F55ED" w:rsidRDefault="005F55ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9pt;height:9pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.15pt;height:9.15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="BD14871_"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C85529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3C45F28"/>
     <w:lvl w:ilvl="0" w:tplc="0A581EAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="363"/>
         </w:tabs>
         <w:ind w:left="363" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A581EAE">
       <w:start w:val="1"/>
@@ -12799,385 +12882,395 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1694913263">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1588465043">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1960449793">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="671417568">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1123616955">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="681978426">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1006518884">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1222866378">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="701825552">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1307783583">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1464885254">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="503936633">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1259489558">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="144593045">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="717582486">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1795828292">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="696395724">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2066709306">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1124498058">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1533180064">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1795174478">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1298530737">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="231281790">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1378234631">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="304892666">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="198127831">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1478764679">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="2069917349">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="217670720">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="931429307">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="53818846">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="823199069">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1628467240">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1857650452">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1815835956">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="208732961">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="927737042">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="910458181">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="640352899">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="18507207">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1248998244">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1101603553">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1390960411">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1542858337">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="239097430">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1772118860">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="606544582">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E00DB3"/>
     <w:rsid w:val="00001409"/>
     <w:rsid w:val="00003EDC"/>
     <w:rsid w:val="000049F7"/>
     <w:rsid w:val="0000622C"/>
     <w:rsid w:val="000162E9"/>
     <w:rsid w:val="00021261"/>
     <w:rsid w:val="00024DFE"/>
     <w:rsid w:val="000424D5"/>
     <w:rsid w:val="00052231"/>
     <w:rsid w:val="0005381C"/>
     <w:rsid w:val="00057216"/>
     <w:rsid w:val="00062005"/>
-    <w:rsid w:val="000736A5"/>
     <w:rsid w:val="0008131E"/>
     <w:rsid w:val="0008334F"/>
     <w:rsid w:val="000861FA"/>
     <w:rsid w:val="000B5C75"/>
     <w:rsid w:val="000C24FB"/>
     <w:rsid w:val="000C2BF0"/>
     <w:rsid w:val="000E33B8"/>
     <w:rsid w:val="000E6EA9"/>
     <w:rsid w:val="00125A6E"/>
     <w:rsid w:val="00131F1A"/>
     <w:rsid w:val="00132124"/>
     <w:rsid w:val="00132190"/>
     <w:rsid w:val="001324B2"/>
     <w:rsid w:val="001362A2"/>
     <w:rsid w:val="0014058D"/>
     <w:rsid w:val="00153200"/>
     <w:rsid w:val="00153D4E"/>
     <w:rsid w:val="00157DD0"/>
     <w:rsid w:val="00170FC6"/>
     <w:rsid w:val="00182AD6"/>
     <w:rsid w:val="001A03DF"/>
     <w:rsid w:val="001A0CB3"/>
     <w:rsid w:val="001A74DA"/>
     <w:rsid w:val="001B05FA"/>
     <w:rsid w:val="001B3A23"/>
     <w:rsid w:val="001C2D47"/>
     <w:rsid w:val="001C55DF"/>
     <w:rsid w:val="001D486E"/>
-    <w:rsid w:val="001D775A"/>
     <w:rsid w:val="001E1FE5"/>
     <w:rsid w:val="001F5052"/>
     <w:rsid w:val="0020391D"/>
     <w:rsid w:val="002171F1"/>
     <w:rsid w:val="00225B52"/>
     <w:rsid w:val="00241918"/>
     <w:rsid w:val="002440A0"/>
     <w:rsid w:val="00250516"/>
     <w:rsid w:val="00263E5B"/>
     <w:rsid w:val="002769B5"/>
     <w:rsid w:val="00287710"/>
     <w:rsid w:val="00293361"/>
     <w:rsid w:val="00297DE0"/>
     <w:rsid w:val="002A1710"/>
     <w:rsid w:val="002C4BC0"/>
     <w:rsid w:val="002C6451"/>
     <w:rsid w:val="00305296"/>
     <w:rsid w:val="0030604E"/>
     <w:rsid w:val="003209DD"/>
     <w:rsid w:val="003213F4"/>
     <w:rsid w:val="003238D0"/>
     <w:rsid w:val="003261B9"/>
     <w:rsid w:val="003266F1"/>
     <w:rsid w:val="003315DB"/>
     <w:rsid w:val="003343CC"/>
     <w:rsid w:val="00345D1B"/>
     <w:rsid w:val="00350AEB"/>
     <w:rsid w:val="003525F1"/>
     <w:rsid w:val="0035454C"/>
-    <w:rsid w:val="00364870"/>
+    <w:rsid w:val="00365077"/>
     <w:rsid w:val="00371F7B"/>
     <w:rsid w:val="00387639"/>
     <w:rsid w:val="003922DB"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A7146"/>
     <w:rsid w:val="003C5212"/>
     <w:rsid w:val="003D44C3"/>
     <w:rsid w:val="003E39DE"/>
     <w:rsid w:val="003F2D87"/>
     <w:rsid w:val="00403EB8"/>
     <w:rsid w:val="00407234"/>
     <w:rsid w:val="004104E8"/>
     <w:rsid w:val="00411882"/>
-    <w:rsid w:val="00412CDC"/>
     <w:rsid w:val="004169D8"/>
     <w:rsid w:val="00425387"/>
     <w:rsid w:val="0045429D"/>
     <w:rsid w:val="00472749"/>
     <w:rsid w:val="00473D9F"/>
     <w:rsid w:val="00475EB1"/>
     <w:rsid w:val="0049263B"/>
     <w:rsid w:val="004954B6"/>
     <w:rsid w:val="0049795C"/>
     <w:rsid w:val="004A6F80"/>
     <w:rsid w:val="004C1789"/>
     <w:rsid w:val="004C2924"/>
     <w:rsid w:val="004C2CCB"/>
     <w:rsid w:val="004C6427"/>
     <w:rsid w:val="004F26CF"/>
     <w:rsid w:val="0051198D"/>
     <w:rsid w:val="00521B36"/>
     <w:rsid w:val="0052309F"/>
     <w:rsid w:val="00525D20"/>
     <w:rsid w:val="005424D9"/>
     <w:rsid w:val="00543309"/>
     <w:rsid w:val="00555B55"/>
     <w:rsid w:val="00557809"/>
     <w:rsid w:val="00562DBC"/>
     <w:rsid w:val="005870D2"/>
     <w:rsid w:val="005A4EF8"/>
     <w:rsid w:val="005A7152"/>
     <w:rsid w:val="005C3885"/>
     <w:rsid w:val="005E13C2"/>
+    <w:rsid w:val="005F55ED"/>
     <w:rsid w:val="00601140"/>
     <w:rsid w:val="00602F4C"/>
     <w:rsid w:val="00603731"/>
     <w:rsid w:val="0061141A"/>
     <w:rsid w:val="00613D28"/>
     <w:rsid w:val="0062531B"/>
     <w:rsid w:val="00627E88"/>
     <w:rsid w:val="0063746E"/>
     <w:rsid w:val="00643832"/>
     <w:rsid w:val="00645CC6"/>
     <w:rsid w:val="006641DE"/>
     <w:rsid w:val="00667463"/>
     <w:rsid w:val="00670684"/>
     <w:rsid w:val="006747D9"/>
     <w:rsid w:val="00676EFB"/>
     <w:rsid w:val="0068065C"/>
     <w:rsid w:val="0068470E"/>
-    <w:rsid w:val="00694750"/>
     <w:rsid w:val="006A3FE8"/>
     <w:rsid w:val="006A65AA"/>
     <w:rsid w:val="006A6942"/>
     <w:rsid w:val="006A6D6F"/>
     <w:rsid w:val="006B3A17"/>
     <w:rsid w:val="006B78F0"/>
     <w:rsid w:val="006C5874"/>
     <w:rsid w:val="006D028E"/>
     <w:rsid w:val="006E2A73"/>
     <w:rsid w:val="006F330F"/>
     <w:rsid w:val="007006C6"/>
     <w:rsid w:val="007009B0"/>
     <w:rsid w:val="00700F75"/>
     <w:rsid w:val="007105DC"/>
     <w:rsid w:val="00720C02"/>
     <w:rsid w:val="00722605"/>
     <w:rsid w:val="0072432B"/>
     <w:rsid w:val="00734728"/>
     <w:rsid w:val="007353AC"/>
     <w:rsid w:val="00741976"/>
     <w:rsid w:val="00745B3E"/>
     <w:rsid w:val="00747E84"/>
     <w:rsid w:val="0075068C"/>
     <w:rsid w:val="00761388"/>
     <w:rsid w:val="00767329"/>
     <w:rsid w:val="0077374C"/>
     <w:rsid w:val="00774E31"/>
     <w:rsid w:val="00775F02"/>
     <w:rsid w:val="00776F00"/>
-    <w:rsid w:val="007773F6"/>
     <w:rsid w:val="0078764B"/>
     <w:rsid w:val="00793237"/>
     <w:rsid w:val="007A20AA"/>
     <w:rsid w:val="007A5280"/>
     <w:rsid w:val="007C2B41"/>
     <w:rsid w:val="007D04BA"/>
     <w:rsid w:val="007E5943"/>
     <w:rsid w:val="007F3D78"/>
     <w:rsid w:val="00817263"/>
     <w:rsid w:val="00826C06"/>
     <w:rsid w:val="00840200"/>
     <w:rsid w:val="00852CE7"/>
     <w:rsid w:val="00863557"/>
     <w:rsid w:val="00865A3D"/>
     <w:rsid w:val="008712E3"/>
     <w:rsid w:val="00876116"/>
     <w:rsid w:val="00880824"/>
     <w:rsid w:val="00883A39"/>
     <w:rsid w:val="00891137"/>
     <w:rsid w:val="00891FC6"/>
     <w:rsid w:val="008A22DE"/>
     <w:rsid w:val="008A3D2C"/>
     <w:rsid w:val="008A6C8F"/>
     <w:rsid w:val="008B67E7"/>
     <w:rsid w:val="008C39D2"/>
@@ -13216,83 +13309,81 @@
     <w:rsid w:val="00A77633"/>
     <w:rsid w:val="00A90D86"/>
     <w:rsid w:val="00A96A6D"/>
     <w:rsid w:val="00A97494"/>
     <w:rsid w:val="00AA15E6"/>
     <w:rsid w:val="00AC0AFC"/>
     <w:rsid w:val="00AC5297"/>
     <w:rsid w:val="00AC76FE"/>
     <w:rsid w:val="00AD1781"/>
     <w:rsid w:val="00AF27C5"/>
     <w:rsid w:val="00AF49EF"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B30B6E"/>
     <w:rsid w:val="00B34650"/>
     <w:rsid w:val="00B40567"/>
     <w:rsid w:val="00B41939"/>
     <w:rsid w:val="00B46281"/>
     <w:rsid w:val="00B52557"/>
     <w:rsid w:val="00B54033"/>
     <w:rsid w:val="00B55378"/>
     <w:rsid w:val="00B65AB1"/>
     <w:rsid w:val="00B67AC3"/>
     <w:rsid w:val="00B705B3"/>
     <w:rsid w:val="00B765B5"/>
     <w:rsid w:val="00B77383"/>
-    <w:rsid w:val="00B83C66"/>
     <w:rsid w:val="00B87492"/>
     <w:rsid w:val="00BB2394"/>
     <w:rsid w:val="00BB5B08"/>
     <w:rsid w:val="00BB650C"/>
     <w:rsid w:val="00BC1086"/>
     <w:rsid w:val="00BD3419"/>
     <w:rsid w:val="00BD7030"/>
     <w:rsid w:val="00BE14B8"/>
     <w:rsid w:val="00BF6150"/>
     <w:rsid w:val="00BF64B5"/>
     <w:rsid w:val="00C003D4"/>
     <w:rsid w:val="00C21062"/>
     <w:rsid w:val="00C210E0"/>
     <w:rsid w:val="00C25960"/>
     <w:rsid w:val="00C26F08"/>
     <w:rsid w:val="00C30D34"/>
     <w:rsid w:val="00C352CD"/>
     <w:rsid w:val="00C47798"/>
     <w:rsid w:val="00C523FB"/>
     <w:rsid w:val="00C574E9"/>
     <w:rsid w:val="00C60FF4"/>
     <w:rsid w:val="00C62E56"/>
     <w:rsid w:val="00C71B09"/>
     <w:rsid w:val="00C72A95"/>
     <w:rsid w:val="00C82234"/>
     <w:rsid w:val="00CA2C8C"/>
     <w:rsid w:val="00CB3965"/>
     <w:rsid w:val="00CC040D"/>
     <w:rsid w:val="00CC3AD3"/>
     <w:rsid w:val="00CC6D1F"/>
     <w:rsid w:val="00CD2A15"/>
-    <w:rsid w:val="00CD79E7"/>
     <w:rsid w:val="00CF28FC"/>
     <w:rsid w:val="00CF6B62"/>
     <w:rsid w:val="00CF7310"/>
     <w:rsid w:val="00D16C64"/>
     <w:rsid w:val="00D21045"/>
     <w:rsid w:val="00D24758"/>
     <w:rsid w:val="00D350F7"/>
     <w:rsid w:val="00D46BDA"/>
     <w:rsid w:val="00D50969"/>
     <w:rsid w:val="00D50D8C"/>
     <w:rsid w:val="00D866A6"/>
     <w:rsid w:val="00D90D7E"/>
     <w:rsid w:val="00D910B4"/>
     <w:rsid w:val="00DA0E04"/>
     <w:rsid w:val="00DA2673"/>
     <w:rsid w:val="00DB0911"/>
     <w:rsid w:val="00DB3249"/>
     <w:rsid w:val="00DB40CD"/>
     <w:rsid w:val="00DB4D46"/>
     <w:rsid w:val="00DB4F6D"/>
     <w:rsid w:val="00DB6883"/>
     <w:rsid w:val="00DD0837"/>
     <w:rsid w:val="00DD42DF"/>
     <w:rsid w:val="00DD4876"/>
     <w:rsid w:val="00DE6E80"/>
@@ -13354,68 +13445,68 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0CF35F21"/>
+  <w14:docId w14:val="1D86DC97"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{40613C66-921F-464F-BD74-280E620C098E}"/>
+  <w15:docId w15:val="{8E9CBB63-E85C-4F2E-A15F-0C81F1FBE900}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
@@ -13606,50 +13697,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0075068C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A0CB3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
@@ -13812,112 +13904,112 @@
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Normal" w:hAnsi="Normal"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Reviso">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF49EF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\Levangelista\Os%20meus%20documentos\A_SIADAP_GERAL\FICHAS%20DE%20AVALIA&#199;&#195;O_SIADAP\modelo%20Ficha%20de%20avaliacao%20dirigentes.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -13925,51 +14017,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -14036,65 +14128,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -14115,85 +14207,105 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>modelo Ficha de avaliacao dirigentes</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>568</Words>
-  <Characters>3072</Characters>
+  <Words>543</Words>
+  <Characters>2937</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AVALIAÇÃO DO DESEMPENHO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>igap</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3633</CharactersWithSpaces>
+  <CharactersWithSpaces>3474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>AVALIAÇÃO DO DESEMPENHO</dc:title>
   <dc:subject/>
   <dc:creator>Levangelista</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>